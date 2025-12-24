--- v0 (2025-11-07)
+++ v1 (2025-12-24)
@@ -14,132 +14,136 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="26529"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\NFSVNAS01\share\教育庁\学校人事課\●小中学校人事班\【教員免許関係フォルダ】\【01】免許授与（授与権者）\R6（豊濱・前原）\02_大学一括申請（10月中旬～3月）\02_依頼\00_編集用データ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\NFSVNAS01\share\教育庁\学校人事課\●小中学校人事班\【教員免許関係フォルダ】\【01】免許授与（授与権者）\R7（新川・前原）\02_大学一括申請（10月中旬～3月）\02_依頼\00_編集用データ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9AA51308-6276-4206-8DD2-1C17280B06F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1063E01E-E19F-4EE9-A54D-16D2795BA726}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="667" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="667" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="書類作成方法" sheetId="12" r:id="rId1"/>
     <sheet name="申請書①" sheetId="1" r:id="rId2"/>
     <sheet name="申請書②" sheetId="6" r:id="rId3"/>
     <sheet name="申請書③" sheetId="7" r:id="rId4"/>
     <sheet name="申請書④" sheetId="8" r:id="rId5"/>
     <sheet name="申請書⑤" sheetId="9" r:id="rId6"/>
     <sheet name="履歴書" sheetId="10" r:id="rId7"/>
     <sheet name="宣誓書" sheetId="11" r:id="rId8"/>
     <sheet name="ドロップリスト" sheetId="5" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">書類作成方法!$A$1:$K$30</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F19" i="11" l="1"/>
+  <c r="Q11" i="9" l="1"/>
+  <c r="Q11" i="8"/>
+  <c r="Q11" i="7"/>
+  <c r="Q11" i="6"/>
+  <c r="T11" i="6"/>
+  <c r="F19" i="11"/>
   <c r="B16" i="11"/>
   <c r="E5" i="10"/>
   <c r="E4" i="10"/>
   <c r="E2" i="10"/>
   <c r="R5" i="10"/>
   <c r="P17" i="1"/>
   <c r="X21" i="9" l="1"/>
   <c r="T21" i="9"/>
   <c r="Q21" i="9"/>
   <c r="P20" i="9"/>
   <c r="P19" i="9" s="1"/>
   <c r="P18" i="9"/>
   <c r="P16" i="9"/>
   <c r="P15" i="9"/>
   <c r="W11" i="9"/>
   <c r="T11" i="9"/>
   <c r="U1" i="9"/>
   <c r="X21" i="8"/>
   <c r="T21" i="8"/>
   <c r="Q21" i="8"/>
   <c r="P20" i="8"/>
   <c r="P19" i="8" s="1"/>
   <c r="P18" i="8"/>
   <c r="P16" i="8"/>
   <c r="P15" i="8"/>
   <c r="W11" i="8"/>
   <c r="T11" i="8"/>
   <c r="U1" i="8"/>
   <c r="P18" i="7"/>
   <c r="X21" i="7" l="1"/>
   <c r="T21" i="7"/>
   <c r="Q21" i="7"/>
   <c r="P20" i="7"/>
   <c r="P19" i="7" s="1"/>
   <c r="P16" i="7"/>
   <c r="P15" i="7"/>
   <c r="W11" i="7"/>
   <c r="T11" i="7"/>
   <c r="U1" i="7"/>
   <c r="U1" i="6"/>
-  <c r="T11" i="6"/>
   <c r="T21" i="6" l="1"/>
   <c r="Q21" i="6"/>
   <c r="X21" i="6"/>
   <c r="P20" i="6"/>
   <c r="P18" i="6"/>
   <c r="P16" i="6"/>
   <c r="P15" i="6"/>
   <c r="W11" i="6"/>
   <c r="P19" i="6" l="1"/>
   <c r="P19" i="1" l="1"/>
   <c r="R4" i="10" s="1"/>
   <c r="P17" i="9" l="1"/>
   <c r="P17" i="8"/>
   <c r="P17" i="6"/>
   <c r="P17" i="7"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>沖縄県</author>
   </authors>
   <commentList>
     <comment ref="Q11" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
@@ -423,51 +427,51 @@
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>野原</author>
   </authors>
   <commentList>
     <comment ref="I19" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0700-000001000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t>押印不要</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="114">
   <si>
     <t>沖縄県収入証紙
 ※3,300円分</t>
     <rPh sb="0" eb="3">
       <t>オキナワケン</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>シュウニュウ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ショウシ</t>
     </rPh>
     <rPh sb="14" eb="15">
       <t>エン</t>
     </rPh>
     <rPh sb="15" eb="16">
       <t>ブン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>日</t>
     <rPh sb="0" eb="1">
       <t>ニチ</t>
     </rPh>
@@ -1710,75 +1714,50 @@
     </rPh>
     <rPh sb="19" eb="20">
       <t>ゴウ</t>
     </rPh>
     <rPh sb="22" eb="23">
       <t>ダイ</t>
     </rPh>
     <rPh sb="24" eb="25">
       <t>ゴウ</t>
     </rPh>
     <rPh sb="28" eb="30">
       <t>キテイ</t>
     </rPh>
     <rPh sb="32" eb="33">
       <t>モノ</t>
     </rPh>
     <rPh sb="34" eb="36">
       <t>ガイトウ</t>
     </rPh>
     <rPh sb="43" eb="45">
       <t>センセイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>第３号　禁錮以上の刑に処せられた者</t>
-[...23 lines deleted...]
-  <si>
     <t>　 第６号　日本国憲法施行の日以後において、日本国憲法又はその下に成立した</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
       <t>・「申請書」、「履歴書」、「宣誓書」を印刷し</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="ＭＳ 明朝"/>
         <family val="1"/>
         <charset val="128"/>
       </rPr>
       <t>てください。</t>
     </r>
     <rPh sb="2" eb="5">
       <t>シンセイショ</t>
     </rPh>
     <rPh sb="8" eb="11">
       <t>リレキショ</t>
     </rPh>
     <rPh sb="14" eb="17">
       <t>センセイショ</t>
@@ -1810,50 +1789,82 @@
     <t>　　　力を失い、当該失効の日から３年を経過しない者</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>第５号　第11条第１項から第３項までの規定により免許状取上げの処分を受</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　　　け、当該処分の日から３年を経過しない者</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>受けようとする
 免許状の教科
 又は教育領域</t>
     <rPh sb="0" eb="1">
       <t>う</t>
     </rPh>
     <rPh sb="8" eb="11">
       <t>めんきょじょう</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>きょうか</t>
     </rPh>
     <phoneticPr fontId="1" type="Hiragana"/>
+  </si>
+  <si>
+    <t>第３号　拘禁刑以上の刑に処せられた者</t>
+    <rPh sb="0" eb="1">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ゴウ</t>
+    </rPh>
+    <rPh sb="4" eb="7">
+      <t>コウキンケイ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>イジョウ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>ケイ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>ショ</t>
+    </rPh>
+    <rPh sb="17" eb="18">
+      <t>モノ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>その他</t>
+    <rPh sb="2" eb="3">
+      <t>タ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="[$-411]ggge&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@&quot;　生&quot;"/>
     <numFmt numFmtId="177" formatCode="[$-411]ggge&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
   </numFmts>
   <fonts count="25">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="ＤＦ平成明朝体W3"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＤＦ平成明朝体W3"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
@@ -2189,51 +2200,51 @@
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="139">
+  <cellXfs count="138">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1">
@@ -2293,699 +2304,587 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="177" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="15" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...64 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="13" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="177" fontId="15" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="177" fontId="15" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...29 lines deleted...]
-      <alignment horizontal="left" vertical="center" indent="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="2"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
-    </xf>
-[...46 lines deleted...]
-      <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="31">
+  <dxfs count="22">
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
-    </dxf>
-[...22 lines deleted...]
-      </border>
     </dxf>
     <dxf>
       <numFmt numFmtId="178" formatCode="yyyy/m/d;@"/>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <numFmt numFmtId="178" formatCode="yyyy/m/d;@"/>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
+        <vertical/>
+        <horizontal/>
       </border>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
+        <vertical/>
+        <horizontal/>
       </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <numFmt numFmtId="178" formatCode="yyyy/m/d;@"/>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <fill>
-[...90 lines deleted...]
-    <dxf>
       <numFmt numFmtId="178" formatCode="yyyy/m/d;@"/>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <numFmt numFmtId="178" formatCode="yyyy/m/d;@"/>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
-      </border>
-[...11 lines deleted...]
-        </bottom>
       </border>
     </dxf>
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
       <border>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -3332,51 +3231,51 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:K24"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="110" zoomScaleNormal="100" zoomScaleSheetLayoutView="110" workbookViewId="0">
+    <sheetView view="pageBreakPreview" zoomScale="110" zoomScaleNormal="100" zoomScaleSheetLayoutView="110" workbookViewId="0">
       <selection activeCell="D27" sqref="D27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" customHeight="1"/>
   <cols>
     <col min="1" max="16384" width="9.140625" style="26"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="30" customHeight="1">
       <c r="A1" s="33" t="s">
         <v>92</v>
       </c>
       <c r="B1" s="33"/>
       <c r="C1" s="33"/>
       <c r="D1" s="33"/>
       <c r="E1" s="33"/>
       <c r="F1" s="33"/>
       <c r="G1" s="33"/>
       <c r="H1" s="33"/>
       <c r="I1" s="33"/>
       <c r="J1" s="33"/>
       <c r="K1" s="33"/>
     </row>
     <row r="2" spans="1:11" ht="18.75" customHeight="1">
       <c r="A2" s="30"/>
@@ -3473,3374 +3372,3341 @@
       </c>
       <c r="B18" s="27"/>
     </row>
     <row r="19" spans="1:2" ht="18.75" customHeight="1">
       <c r="A19" s="28" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="27"/>
     </row>
     <row r="20" spans="1:2" ht="18.75" customHeight="1">
       <c r="A20" s="27"/>
       <c r="B20" s="27"/>
     </row>
     <row r="21" spans="1:2" ht="18.75" customHeight="1">
       <c r="A21" s="27"/>
       <c r="B21" s="27"/>
     </row>
     <row r="22" spans="1:2" ht="30" customHeight="1">
       <c r="A22" s="32" t="s">
         <v>85</v>
       </c>
       <c r="B22" s="27"/>
     </row>
     <row r="23" spans="1:2" ht="18.75" customHeight="1">
       <c r="A23" s="28" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B23" s="27"/>
     </row>
     <row r="24" spans="1:2" ht="18.75" customHeight="1">
       <c r="A24" s="28" t="s">
         <v>94</v>
       </c>
       <c r="B24" s="27"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:K1"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="96" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:Z35"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A21" zoomScale="120" zoomScaleNormal="120" zoomScaleSheetLayoutView="120" workbookViewId="0">
-      <selection activeCell="Q11" sqref="Q11:R11"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="120" zoomScaleNormal="120" zoomScaleSheetLayoutView="120" workbookViewId="0">
+      <selection activeCell="U1" sqref="U1:Z2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.5703125" defaultRowHeight="18.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="3" customWidth="1"/>
     <col min="2" max="22" width="3.5703125" style="3"/>
     <col min="23" max="23" width="3.5703125" style="3" customWidth="1"/>
     <col min="24" max="16384" width="3.5703125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="18.75" customHeight="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
-      <c r="Q1" s="57" t="s">
+      <c r="Q1" s="38" t="s">
         <v>31</v>
       </c>
-      <c r="R1" s="57"/>
-[...7 lines deleted...]
-      <c r="Z1" s="54"/>
+      <c r="R1" s="38"/>
+      <c r="S1" s="38"/>
+      <c r="T1" s="38"/>
+      <c r="U1" s="34"/>
+      <c r="V1" s="34"/>
+      <c r="W1" s="34"/>
+      <c r="X1" s="34"/>
+      <c r="Y1" s="34"/>
+      <c r="Z1" s="35"/>
     </row>
     <row r="2" spans="1:26" ht="18.75" customHeight="1">
       <c r="A2" s="4"/>
-      <c r="B2" s="66" t="s">
+      <c r="B2" s="51" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="57"/>
-[...13 lines deleted...]
-      <c r="Z2" s="56"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="52"/>
+      <c r="Q2" s="39"/>
+      <c r="R2" s="39"/>
+      <c r="S2" s="39"/>
+      <c r="T2" s="39"/>
+      <c r="U2" s="36"/>
+      <c r="V2" s="36"/>
+      <c r="W2" s="36"/>
+      <c r="X2" s="36"/>
+      <c r="Y2" s="36"/>
+      <c r="Z2" s="37"/>
     </row>
     <row r="3" spans="1:26" ht="18.75" customHeight="1">
       <c r="A3" s="4"/>
-      <c r="B3" s="68"/>
-[...4 lines deleted...]
-      <c r="G3" s="69"/>
+      <c r="B3" s="53"/>
+      <c r="C3" s="39"/>
+      <c r="D3" s="39"/>
+      <c r="E3" s="39"/>
+      <c r="F3" s="39"/>
+      <c r="G3" s="54"/>
       <c r="Z3" s="5"/>
     </row>
     <row r="4" spans="1:26" ht="18.75" customHeight="1">
       <c r="A4" s="4"/>
-      <c r="B4" s="68"/>
-[...4 lines deleted...]
-      <c r="G4" s="69"/>
+      <c r="B4" s="53"/>
+      <c r="C4" s="39"/>
+      <c r="D4" s="39"/>
+      <c r="E4" s="39"/>
+      <c r="F4" s="39"/>
+      <c r="G4" s="54"/>
       <c r="Z4" s="5"/>
     </row>
     <row r="5" spans="1:26" ht="18.75" customHeight="1">
       <c r="A5" s="4"/>
-      <c r="B5" s="70"/>
-[...4 lines deleted...]
-      <c r="G5" s="72"/>
+      <c r="B5" s="55"/>
+      <c r="C5" s="56"/>
+      <c r="D5" s="56"/>
+      <c r="E5" s="56"/>
+      <c r="F5" s="56"/>
+      <c r="G5" s="57"/>
       <c r="Z5" s="5"/>
     </row>
     <row r="6" spans="1:26" ht="18.75" customHeight="1">
       <c r="A6" s="4"/>
       <c r="Z6" s="5"/>
     </row>
     <row r="7" spans="1:26" ht="18.75" customHeight="1">
-      <c r="A7" s="40" t="s">
+      <c r="A7" s="60" t="s">
         <v>11</v>
       </c>
-      <c r="B7" s="41"/>
-[...23 lines deleted...]
-      <c r="Z7" s="42"/>
+      <c r="B7" s="61"/>
+      <c r="C7" s="61"/>
+      <c r="D7" s="61"/>
+      <c r="E7" s="61"/>
+      <c r="F7" s="61"/>
+      <c r="G7" s="61"/>
+      <c r="H7" s="61"/>
+      <c r="I7" s="61"/>
+      <c r="J7" s="61"/>
+      <c r="K7" s="61"/>
+      <c r="L7" s="61"/>
+      <c r="M7" s="61"/>
+      <c r="N7" s="61"/>
+      <c r="O7" s="61"/>
+      <c r="P7" s="61"/>
+      <c r="Q7" s="61"/>
+      <c r="R7" s="61"/>
+      <c r="S7" s="61"/>
+      <c r="T7" s="61"/>
+      <c r="U7" s="61"/>
+      <c r="V7" s="61"/>
+      <c r="W7" s="61"/>
+      <c r="X7" s="61"/>
+      <c r="Y7" s="61"/>
+      <c r="Z7" s="62"/>
     </row>
     <row r="8" spans="1:26" ht="18.75" customHeight="1">
       <c r="A8" s="4"/>
       <c r="Z8" s="5"/>
     </row>
     <row r="9" spans="1:26" ht="18.75" customHeight="1">
       <c r="A9" s="4"/>
       <c r="Z9" s="5"/>
     </row>
     <row r="10" spans="1:26" ht="18.75" customHeight="1">
       <c r="A10" s="4"/>
       <c r="Z10" s="5"/>
     </row>
     <row r="11" spans="1:26" ht="18.75" customHeight="1">
       <c r="A11" s="4"/>
       <c r="O11" s="6" t="s">
         <v>100</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="Q11" s="44"/>
-      <c r="R11" s="44"/>
+      <c r="Q11" s="64"/>
+      <c r="R11" s="64"/>
       <c r="S11" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="T11" s="44"/>
-      <c r="U11" s="44"/>
+      <c r="T11" s="64"/>
+      <c r="U11" s="64"/>
       <c r="V11" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="W11" s="44"/>
-      <c r="X11" s="44"/>
+      <c r="W11" s="64"/>
+      <c r="X11" s="64"/>
       <c r="Y11" s="6" t="s">
         <v>1</v>
       </c>
       <c r="Z11" s="5"/>
     </row>
     <row r="12" spans="1:26" ht="18.75" customHeight="1">
       <c r="A12" s="4"/>
       <c r="Z12" s="5"/>
     </row>
     <row r="13" spans="1:26" ht="18.75" customHeight="1">
       <c r="A13" s="4"/>
       <c r="B13" s="3" t="s">
         <v>3</v>
       </c>
       <c r="Z13" s="5"/>
     </row>
     <row r="14" spans="1:26" ht="18.75" customHeight="1">
       <c r="A14" s="4"/>
       <c r="Z14" s="5"/>
     </row>
     <row r="15" spans="1:26" ht="22.5" customHeight="1">
       <c r="A15" s="4"/>
-      <c r="L15" s="46" t="s">
+      <c r="L15" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="M15" s="46"/>
-[...11 lines deleted...]
-      <c r="Y15" s="45"/>
+      <c r="M15" s="39"/>
+      <c r="N15" s="39"/>
+      <c r="O15" s="39"/>
+      <c r="P15" s="65"/>
+      <c r="Q15" s="65"/>
+      <c r="R15" s="65"/>
+      <c r="S15" s="65"/>
+      <c r="T15" s="65"/>
+      <c r="U15" s="65"/>
+      <c r="V15" s="65"/>
+      <c r="W15" s="65"/>
+      <c r="X15" s="65"/>
+      <c r="Y15" s="65"/>
       <c r="Z15" s="5"/>
     </row>
     <row r="16" spans="1:26" ht="54" customHeight="1">
       <c r="A16" s="4"/>
-      <c r="L16" s="46" t="s">
+      <c r="L16" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="M16" s="46"/>
-[...11 lines deleted...]
-      <c r="Y16" s="43"/>
+      <c r="M16" s="39"/>
+      <c r="N16" s="39"/>
+      <c r="O16" s="39"/>
+      <c r="P16" s="63"/>
+      <c r="Q16" s="63"/>
+      <c r="R16" s="63"/>
+      <c r="S16" s="63"/>
+      <c r="T16" s="63"/>
+      <c r="U16" s="63"/>
+      <c r="V16" s="63"/>
+      <c r="W16" s="63"/>
+      <c r="X16" s="63"/>
+      <c r="Y16" s="63"/>
       <c r="Z16" s="5"/>
     </row>
     <row r="17" spans="1:26" ht="18.75" customHeight="1">
       <c r="A17" s="4"/>
-      <c r="L17" s="65" t="s">
+      <c r="L17" s="50" t="s">
         <v>6</v>
       </c>
-      <c r="M17" s="65"/>
-[...2 lines deleted...]
-      <c r="P17" s="49" t="str">
+      <c r="M17" s="50"/>
+      <c r="N17" s="50"/>
+      <c r="O17" s="50"/>
+      <c r="P17" s="68" t="str">
         <f>PHONETIC(P18)</f>
         <v/>
       </c>
-      <c r="Q17" s="49"/>
-[...6 lines deleted...]
-      <c r="X17" s="49"/>
+      <c r="Q17" s="68"/>
+      <c r="R17" s="68"/>
+      <c r="S17" s="68"/>
+      <c r="T17" s="68"/>
+      <c r="U17" s="68"/>
+      <c r="V17" s="68"/>
+      <c r="W17" s="68"/>
+      <c r="X17" s="68"/>
       <c r="Y17" s="13"/>
       <c r="Z17" s="5"/>
     </row>
     <row r="18" spans="1:26" ht="30" customHeight="1">
       <c r="A18" s="4"/>
-      <c r="L18" s="46" t="s">
+      <c r="L18" s="39" t="s">
         <v>7</v>
       </c>
-      <c r="M18" s="46"/>
-[...12 lines deleted...]
-      <c r="Z18" s="48"/>
+      <c r="M18" s="39"/>
+      <c r="N18" s="39"/>
+      <c r="O18" s="39"/>
+      <c r="P18" s="69"/>
+      <c r="Q18" s="69"/>
+      <c r="R18" s="69"/>
+      <c r="S18" s="69"/>
+      <c r="T18" s="69"/>
+      <c r="U18" s="69"/>
+      <c r="V18" s="69"/>
+      <c r="W18" s="69"/>
+      <c r="X18" s="69"/>
+      <c r="Y18" s="66"/>
+      <c r="Z18" s="67"/>
     </row>
     <row r="19" spans="1:26" ht="31.5" customHeight="1">
       <c r="A19" s="4"/>
-      <c r="L19" s="46" t="s">
+      <c r="L19" s="39" t="s">
         <v>8</v>
       </c>
-      <c r="M19" s="46"/>
-[...2 lines deleted...]
-      <c r="P19" s="63" t="str">
+      <c r="M19" s="39"/>
+      <c r="N19" s="39"/>
+      <c r="O19" s="39"/>
+      <c r="P19" s="48" t="str">
         <f>IF(P20="","",P20)</f>
         <v/>
       </c>
-      <c r="Q19" s="63"/>
-[...5 lines deleted...]
-      <c r="W19" s="51" t="s">
+      <c r="Q19" s="48"/>
+      <c r="R19" s="48"/>
+      <c r="S19" s="48"/>
+      <c r="T19" s="48"/>
+      <c r="U19" s="48"/>
+      <c r="V19" s="48"/>
+      <c r="W19" s="40" t="s">
         <v>14</v>
       </c>
-      <c r="X19" s="51"/>
+      <c r="X19" s="40"/>
       <c r="Y19" s="7"/>
       <c r="Z19" s="5"/>
     </row>
     <row r="20" spans="1:26" ht="22.5" customHeight="1">
       <c r="A20" s="4"/>
-      <c r="P20" s="64"/>
-[...6 lines deleted...]
-      <c r="W20" s="51" t="s">
+      <c r="P20" s="49"/>
+      <c r="Q20" s="49"/>
+      <c r="R20" s="49"/>
+      <c r="S20" s="49"/>
+      <c r="T20" s="49"/>
+      <c r="U20" s="49"/>
+      <c r="V20" s="49"/>
+      <c r="W20" s="40" t="s">
         <v>14</v>
       </c>
-      <c r="X20" s="51"/>
+      <c r="X20" s="40"/>
       <c r="Z20" s="5"/>
     </row>
     <row r="21" spans="1:26" ht="26.25" customHeight="1">
       <c r="A21" s="4"/>
-      <c r="L21" s="46" t="s">
+      <c r="L21" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="M21" s="46"/>
-[...1 lines deleted...]
-      <c r="O21" s="46"/>
+      <c r="M21" s="39"/>
+      <c r="N21" s="39"/>
+      <c r="O21" s="39"/>
       <c r="P21" s="8"/>
-      <c r="Q21" s="52"/>
-      <c r="R21" s="52"/>
+      <c r="Q21" s="70"/>
+      <c r="R21" s="70"/>
       <c r="S21" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="T21" s="52"/>
-[...1 lines deleted...]
-      <c r="V21" s="52"/>
+      <c r="T21" s="70"/>
+      <c r="U21" s="70"/>
+      <c r="V21" s="70"/>
       <c r="W21" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="X21" s="52"/>
-      <c r="Y21" s="52"/>
+      <c r="X21" s="70"/>
+      <c r="Y21" s="70"/>
       <c r="Z21" s="5"/>
     </row>
     <row r="22" spans="1:26" ht="39.75" customHeight="1">
-      <c r="A22" s="58" t="s">
+      <c r="A22" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="B22" s="61"/>
-[...10 lines deleted...]
-      <c r="M22" s="36" t="s">
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="47"/>
+      <c r="G22" s="44"/>
+      <c r="H22" s="44"/>
+      <c r="I22" s="44"/>
+      <c r="J22" s="44"/>
+      <c r="K22" s="44"/>
+      <c r="L22" s="44"/>
+      <c r="M22" s="45" t="s">
         <v>12</v>
       </c>
-      <c r="N22" s="36"/>
-[...8 lines deleted...]
-      <c r="W22" s="36" t="s">
+      <c r="N22" s="45"/>
+      <c r="O22" s="45"/>
+      <c r="P22" s="44"/>
+      <c r="Q22" s="44"/>
+      <c r="R22" s="44"/>
+      <c r="S22" s="44"/>
+      <c r="T22" s="44"/>
+      <c r="U22" s="44"/>
+      <c r="V22" s="44"/>
+      <c r="W22" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="X22" s="36"/>
-      <c r="Y22" s="36"/>
+      <c r="X22" s="45"/>
+      <c r="Y22" s="45"/>
       <c r="Z22" s="9"/>
     </row>
     <row r="23" spans="1:26" ht="57.75" customHeight="1">
-      <c r="A23" s="58" t="s">
-[...26 lines deleted...]
-      <c r="Z23" s="39"/>
+      <c r="A23" s="41" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23" s="42"/>
+      <c r="C23" s="42"/>
+      <c r="D23" s="42"/>
+      <c r="E23" s="42"/>
+      <c r="F23" s="43"/>
+      <c r="G23" s="58"/>
+      <c r="H23" s="44"/>
+      <c r="I23" s="44"/>
+      <c r="J23" s="44"/>
+      <c r="K23" s="44"/>
+      <c r="L23" s="44"/>
+      <c r="M23" s="44"/>
+      <c r="N23" s="44"/>
+      <c r="O23" s="44"/>
+      <c r="P23" s="44"/>
+      <c r="Q23" s="44"/>
+      <c r="R23" s="44"/>
+      <c r="S23" s="44"/>
+      <c r="T23" s="44"/>
+      <c r="U23" s="44"/>
+      <c r="V23" s="44"/>
+      <c r="W23" s="44"/>
+      <c r="X23" s="44"/>
+      <c r="Y23" s="44"/>
+      <c r="Z23" s="59"/>
     </row>
     <row r="24" spans="1:26" ht="18.75" customHeight="1">
       <c r="A24" s="4"/>
       <c r="Z24" s="5"/>
     </row>
     <row r="25" spans="1:26" ht="18.75" customHeight="1">
       <c r="A25" s="4"/>
       <c r="Z25" s="5"/>
     </row>
     <row r="26" spans="1:26" ht="18.75" customHeight="1">
       <c r="A26" s="4"/>
       <c r="Z26" s="5"/>
     </row>
     <row r="27" spans="1:26" ht="18.75" customHeight="1">
       <c r="A27" s="4"/>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="Z27" s="5"/>
     </row>
     <row r="28" spans="1:26" ht="18.75" customHeight="1">
       <c r="A28" s="4"/>
       <c r="Z28" s="5"/>
     </row>
     <row r="29" spans="1:26" ht="18.75" customHeight="1">
       <c r="A29" s="4"/>
       <c r="Z29" s="5"/>
     </row>
     <row r="30" spans="1:26" ht="18.75" customHeight="1">
       <c r="A30" s="4"/>
       <c r="Z30" s="5"/>
     </row>
     <row r="31" spans="1:26" ht="18.75" customHeight="1">
       <c r="A31" s="4"/>
-      <c r="K31" s="34" t="s">
+      <c r="K31" s="71" t="s">
         <v>55</v>
       </c>
-      <c r="L31" s="34"/>
-[...3 lines deleted...]
-      <c r="P31" s="34" t="s">
+      <c r="L31" s="71"/>
+      <c r="M31" s="71"/>
+      <c r="N31" s="71"/>
+      <c r="O31" s="71"/>
+      <c r="P31" s="71" t="s">
         <v>56</v>
       </c>
-      <c r="Q31" s="34"/>
-[...1 lines deleted...]
-      <c r="S31" s="35" t="s">
+      <c r="Q31" s="71"/>
+      <c r="R31" s="71"/>
+      <c r="S31" s="72" t="s">
         <v>57</v>
       </c>
-      <c r="T31" s="35"/>
-[...5 lines deleted...]
-      <c r="Z31" s="35"/>
+      <c r="T31" s="72"/>
+      <c r="U31" s="72"/>
+      <c r="V31" s="72"/>
+      <c r="W31" s="72"/>
+      <c r="X31" s="72"/>
+      <c r="Y31" s="72"/>
+      <c r="Z31" s="72"/>
     </row>
     <row r="32" spans="1:26" ht="18.75" customHeight="1">
       <c r="A32" s="4"/>
-      <c r="K32" s="34"/>
-[...14 lines deleted...]
-      <c r="Z32" s="35"/>
+      <c r="K32" s="71"/>
+      <c r="L32" s="71"/>
+      <c r="M32" s="71"/>
+      <c r="N32" s="71"/>
+      <c r="O32" s="71"/>
+      <c r="P32" s="71"/>
+      <c r="Q32" s="71"/>
+      <c r="R32" s="71"/>
+      <c r="S32" s="72"/>
+      <c r="T32" s="72"/>
+      <c r="U32" s="72"/>
+      <c r="V32" s="72"/>
+      <c r="W32" s="72"/>
+      <c r="X32" s="72"/>
+      <c r="Y32" s="72"/>
+      <c r="Z32" s="72"/>
     </row>
     <row r="33" spans="1:26" ht="18.75" customHeight="1">
       <c r="A33" s="4"/>
-      <c r="K33" s="34"/>
-[...14 lines deleted...]
-      <c r="Z33" s="34"/>
+      <c r="K33" s="71"/>
+      <c r="L33" s="71"/>
+      <c r="M33" s="71"/>
+      <c r="N33" s="71"/>
+      <c r="O33" s="71"/>
+      <c r="P33" s="71"/>
+      <c r="Q33" s="71"/>
+      <c r="R33" s="71"/>
+      <c r="S33" s="71"/>
+      <c r="T33" s="71"/>
+      <c r="U33" s="71"/>
+      <c r="V33" s="71"/>
+      <c r="W33" s="71"/>
+      <c r="X33" s="71"/>
+      <c r="Y33" s="71"/>
+      <c r="Z33" s="71"/>
     </row>
     <row r="34" spans="1:26" ht="18.75" customHeight="1">
       <c r="A34" s="4"/>
-      <c r="K34" s="34"/>
-[...14 lines deleted...]
-      <c r="Z34" s="34"/>
+      <c r="K34" s="71"/>
+      <c r="L34" s="71"/>
+      <c r="M34" s="71"/>
+      <c r="N34" s="71"/>
+      <c r="O34" s="71"/>
+      <c r="P34" s="71"/>
+      <c r="Q34" s="71"/>
+      <c r="R34" s="71"/>
+      <c r="S34" s="71"/>
+      <c r="T34" s="71"/>
+      <c r="U34" s="71"/>
+      <c r="V34" s="71"/>
+      <c r="W34" s="71"/>
+      <c r="X34" s="71"/>
+      <c r="Y34" s="71"/>
+      <c r="Z34" s="71"/>
     </row>
     <row r="35" spans="1:26" ht="18.75" customHeight="1">
       <c r="A35" s="10"/>
       <c r="B35" s="11"/>
       <c r="C35" s="11"/>
       <c r="D35" s="11"/>
       <c r="E35" s="11"/>
       <c r="F35" s="11"/>
       <c r="G35" s="11"/>
       <c r="H35" s="11"/>
       <c r="I35" s="11"/>
       <c r="J35" s="11"/>
       <c r="K35" s="11"/>
       <c r="L35" s="11"/>
       <c r="M35" s="11"/>
       <c r="N35" s="11"/>
       <c r="O35" s="11"/>
       <c r="P35" s="11"/>
       <c r="Q35" s="11"/>
       <c r="R35" s="11"/>
       <c r="S35" s="11"/>
       <c r="T35" s="11"/>
       <c r="U35" s="11"/>
       <c r="V35" s="11"/>
       <c r="W35" s="11"/>
       <c r="X35" s="11"/>
       <c r="Y35" s="11"/>
       <c r="Z35" s="12"/>
     </row>
   </sheetData>
-  <sheetProtection selectLockedCells="1"/>
+  <sheetProtection sheet="1" selectLockedCells="1"/>
   <mergeCells count="38">
+    <mergeCell ref="S33:Z34"/>
+    <mergeCell ref="P33:R34"/>
+    <mergeCell ref="K33:O34"/>
+    <mergeCell ref="K31:O32"/>
+    <mergeCell ref="P31:R32"/>
+    <mergeCell ref="S31:Z32"/>
+    <mergeCell ref="W22:Y22"/>
+    <mergeCell ref="G23:Z23"/>
+    <mergeCell ref="A7:Z7"/>
+    <mergeCell ref="P16:Y16"/>
+    <mergeCell ref="Q11:R11"/>
+    <mergeCell ref="T11:U11"/>
+    <mergeCell ref="W11:X11"/>
+    <mergeCell ref="P15:Y15"/>
+    <mergeCell ref="L15:O15"/>
+    <mergeCell ref="Y18:Z18"/>
+    <mergeCell ref="P17:X17"/>
+    <mergeCell ref="P18:X18"/>
+    <mergeCell ref="W20:X20"/>
+    <mergeCell ref="Q21:R21"/>
+    <mergeCell ref="T21:V21"/>
+    <mergeCell ref="X21:Y21"/>
     <mergeCell ref="U1:Z2"/>
     <mergeCell ref="Q1:T2"/>
     <mergeCell ref="W19:X19"/>
     <mergeCell ref="A23:F23"/>
     <mergeCell ref="G22:L22"/>
     <mergeCell ref="M22:O22"/>
     <mergeCell ref="P22:V22"/>
     <mergeCell ref="L19:O19"/>
     <mergeCell ref="L21:O21"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="P19:V19"/>
     <mergeCell ref="P20:V20"/>
     <mergeCell ref="L16:O16"/>
     <mergeCell ref="L17:O17"/>
     <mergeCell ref="L18:O18"/>
     <mergeCell ref="B2:G5"/>
-    <mergeCell ref="W22:Y22"/>
-[...20 lines deleted...]
-    <mergeCell ref="S31:Z32"/>
   </mergeCells>
   <phoneticPr fontId="1" type="Hiragana"/>
   <conditionalFormatting sqref="P15:Y16 P17:X18">
-    <cfRule type="containsBlanks" dxfId="30" priority="14">
+    <cfRule type="containsBlanks" dxfId="21" priority="14">
       <formula>LEN(TRIM(P15))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="W11:X11 T11:U11 Q11:R11">
-    <cfRule type="cellIs" dxfId="29" priority="7" operator="equal">
+    <cfRule type="cellIs" dxfId="20" priority="7" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G22:L22 P22:V22 G23">
-    <cfRule type="cellIs" dxfId="28" priority="6" operator="equal">
+    <cfRule type="cellIs" dxfId="19" priority="6" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U1">
-    <cfRule type="containsBlanks" dxfId="27" priority="12">
+    <cfRule type="containsBlanks" dxfId="18" priority="12">
       <formula>LEN(TRIM(U1))=0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="P19:V19">
-[...3 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="P20:V20">
-    <cfRule type="containsBlanks" dxfId="25" priority="2">
+    <cfRule type="containsBlanks" dxfId="17" priority="2">
       <formula>LEN(TRIM(P20))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Q21:R21 T21:V21 X21:Y21">
-    <cfRule type="containsBlanks" dxfId="24" priority="1">
+    <cfRule type="containsBlanks" dxfId="16" priority="1">
       <formula>LEN(TRIM(Q21))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation imeMode="off" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="U1:Z2 Q11:R11 T11:U11 W11:X11 P20:V20 Q21:R21 T21:V21 X21:Y21" xr:uid="{00000000-0002-0000-0100-000000000000}"/>
     <dataValidation imeMode="on" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P15:Y15 P16:Y16 P17:X18" xr:uid="{00000000-0002-0000-0100-000001000000}"/>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="95" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"ＭＳ 明朝,標準"第１号様式（第３条－第７条、第13条関係）</oddHeader>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000002000000}">
           <x14:formula1>
             <xm:f>ドロップリスト!$B$4:$B$10</xm:f>
           </x14:formula1>
           <xm:sqref>G22:L22</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000003000000}">
           <x14:formula1>
             <xm:f>ドロップリスト!$C$4:$C$6</xm:f>
           </x14:formula1>
           <xm:sqref>P22:V22</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000004000000}">
           <x14:formula1>
             <xm:f>ドロップリスト!$D$4:$D$28</xm:f>
           </x14:formula1>
           <xm:sqref>G23</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:Z35"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A16" zoomScaleNormal="120" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="B32" sqref="B32"/>
+    <sheetView view="pageBreakPreview" zoomScaleNormal="120" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="G22" sqref="G22:L22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.5703125" defaultRowHeight="18.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="3" customWidth="1"/>
     <col min="2" max="22" width="3.5703125" style="3"/>
     <col min="23" max="23" width="3.5703125" style="3" customWidth="1"/>
     <col min="24" max="16384" width="3.5703125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="18.75" customHeight="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
-      <c r="Q1" s="57" t="s">
+      <c r="Q1" s="38" t="s">
         <v>31</v>
       </c>
-      <c r="R1" s="57"/>
-[...2 lines deleted...]
-      <c r="U1" s="76">
+      <c r="R1" s="38"/>
+      <c r="S1" s="38"/>
+      <c r="T1" s="38"/>
+      <c r="U1" s="78">
         <f>申請書①!U1</f>
         <v>0</v>
       </c>
-      <c r="V1" s="77"/>
-[...3 lines deleted...]
-      <c r="Z1" s="78"/>
+      <c r="V1" s="79"/>
+      <c r="W1" s="79"/>
+      <c r="X1" s="79"/>
+      <c r="Y1" s="79"/>
+      <c r="Z1" s="80"/>
     </row>
     <row r="2" spans="1:26" ht="18.75" customHeight="1">
       <c r="A2" s="4"/>
-      <c r="B2" s="66" t="s">
+      <c r="B2" s="51" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="57"/>
-[...13 lines deleted...]
-      <c r="Z2" s="79"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="52"/>
+      <c r="Q2" s="39"/>
+      <c r="R2" s="39"/>
+      <c r="S2" s="39"/>
+      <c r="T2" s="39"/>
+      <c r="U2" s="81"/>
+      <c r="V2" s="81"/>
+      <c r="W2" s="81"/>
+      <c r="X2" s="81"/>
+      <c r="Y2" s="81"/>
+      <c r="Z2" s="82"/>
     </row>
     <row r="3" spans="1:26" ht="18.75" customHeight="1">
       <c r="A3" s="4"/>
-      <c r="B3" s="68"/>
-[...4 lines deleted...]
-      <c r="G3" s="69"/>
+      <c r="B3" s="53"/>
+      <c r="C3" s="39"/>
+      <c r="D3" s="39"/>
+      <c r="E3" s="39"/>
+      <c r="F3" s="39"/>
+      <c r="G3" s="54"/>
       <c r="Z3" s="5"/>
     </row>
     <row r="4" spans="1:26" ht="18.75" customHeight="1">
       <c r="A4" s="4"/>
-      <c r="B4" s="68"/>
-[...4 lines deleted...]
-      <c r="G4" s="69"/>
+      <c r="B4" s="53"/>
+      <c r="C4" s="39"/>
+      <c r="D4" s="39"/>
+      <c r="E4" s="39"/>
+      <c r="F4" s="39"/>
+      <c r="G4" s="54"/>
       <c r="Z4" s="5"/>
     </row>
     <row r="5" spans="1:26" ht="18.75" customHeight="1">
       <c r="A5" s="4"/>
-      <c r="B5" s="70"/>
-[...4 lines deleted...]
-      <c r="G5" s="72"/>
+      <c r="B5" s="55"/>
+      <c r="C5" s="56"/>
+      <c r="D5" s="56"/>
+      <c r="E5" s="56"/>
+      <c r="F5" s="56"/>
+      <c r="G5" s="57"/>
       <c r="Z5" s="5"/>
     </row>
     <row r="6" spans="1:26" ht="18.75" customHeight="1">
       <c r="A6" s="4"/>
       <c r="Z6" s="5"/>
     </row>
     <row r="7" spans="1:26" ht="18.75" customHeight="1">
-      <c r="A7" s="80" t="s">
+      <c r="A7" s="83" t="s">
         <v>11</v>
       </c>
-      <c r="B7" s="81"/>
-[...23 lines deleted...]
-      <c r="Z7" s="82"/>
+      <c r="B7" s="84"/>
+      <c r="C7" s="84"/>
+      <c r="D7" s="84"/>
+      <c r="E7" s="84"/>
+      <c r="F7" s="84"/>
+      <c r="G7" s="84"/>
+      <c r="H7" s="84"/>
+      <c r="I7" s="84"/>
+      <c r="J7" s="84"/>
+      <c r="K7" s="84"/>
+      <c r="L7" s="84"/>
+      <c r="M7" s="84"/>
+      <c r="N7" s="84"/>
+      <c r="O7" s="84"/>
+      <c r="P7" s="84"/>
+      <c r="Q7" s="84"/>
+      <c r="R7" s="84"/>
+      <c r="S7" s="84"/>
+      <c r="T7" s="84"/>
+      <c r="U7" s="84"/>
+      <c r="V7" s="84"/>
+      <c r="W7" s="84"/>
+      <c r="X7" s="84"/>
+      <c r="Y7" s="84"/>
+      <c r="Z7" s="85"/>
     </row>
     <row r="8" spans="1:26" ht="18.75" customHeight="1">
       <c r="A8" s="4"/>
       <c r="Z8" s="5"/>
     </row>
     <row r="9" spans="1:26" ht="18.75" customHeight="1">
       <c r="A9" s="4"/>
       <c r="Z9" s="5"/>
     </row>
     <row r="10" spans="1:26" ht="18.75" customHeight="1">
       <c r="A10" s="4"/>
       <c r="Z10" s="5"/>
     </row>
     <row r="11" spans="1:26" ht="18.75" customHeight="1">
       <c r="A11" s="4"/>
       <c r="O11" s="6" t="s">
         <v>100</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="Q11" s="74"/>
-      <c r="R11" s="74"/>
+      <c r="Q11" s="81">
+        <f>申請書①!Q11</f>
+        <v>0</v>
+      </c>
+      <c r="R11" s="81"/>
       <c r="S11" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="T11" s="74">
+      <c r="T11" s="81">
         <f>申請書①!T11</f>
         <v>0</v>
       </c>
-      <c r="U11" s="74"/>
+      <c r="U11" s="81"/>
       <c r="V11" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="W11" s="74">
+      <c r="W11" s="81">
         <f>申請書①!W11</f>
         <v>0</v>
       </c>
-      <c r="X11" s="74"/>
+      <c r="X11" s="81"/>
       <c r="Y11" s="6" t="s">
         <v>1</v>
       </c>
       <c r="Z11" s="5"/>
     </row>
     <row r="12" spans="1:26" ht="18.75" customHeight="1">
       <c r="A12" s="4"/>
       <c r="Z12" s="5"/>
     </row>
     <row r="13" spans="1:26" ht="18.75" customHeight="1">
       <c r="A13" s="4"/>
       <c r="B13" s="3" t="s">
         <v>3</v>
       </c>
       <c r="Z13" s="5"/>
     </row>
     <row r="14" spans="1:26" ht="18.75" customHeight="1">
       <c r="A14" s="4"/>
       <c r="Z14" s="5"/>
     </row>
     <row r="15" spans="1:26" ht="22.5" customHeight="1">
       <c r="A15" s="4"/>
-      <c r="L15" s="46" t="s">
+      <c r="L15" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="M15" s="46"/>
-[...2 lines deleted...]
-      <c r="P15" s="83">
+      <c r="M15" s="39"/>
+      <c r="N15" s="39"/>
+      <c r="O15" s="39"/>
+      <c r="P15" s="75">
         <f>申請書①!P15</f>
         <v>0</v>
       </c>
-      <c r="Q15" s="83"/>
-[...7 lines deleted...]
-      <c r="Y15" s="83"/>
+      <c r="Q15" s="75"/>
+      <c r="R15" s="75"/>
+      <c r="S15" s="75"/>
+      <c r="T15" s="75"/>
+      <c r="U15" s="75"/>
+      <c r="V15" s="75"/>
+      <c r="W15" s="75"/>
+      <c r="X15" s="75"/>
+      <c r="Y15" s="75"/>
       <c r="Z15" s="5"/>
     </row>
     <row r="16" spans="1:26" ht="54" customHeight="1">
       <c r="A16" s="4"/>
-      <c r="L16" s="46" t="s">
+      <c r="L16" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="M16" s="46"/>
-[...2 lines deleted...]
-      <c r="P16" s="84">
+      <c r="M16" s="39"/>
+      <c r="N16" s="39"/>
+      <c r="O16" s="39"/>
+      <c r="P16" s="76">
         <f>申請書①!P16</f>
         <v>0</v>
       </c>
-      <c r="Q16" s="84"/>
-[...7 lines deleted...]
-      <c r="Y16" s="84"/>
+      <c r="Q16" s="76"/>
+      <c r="R16" s="76"/>
+      <c r="S16" s="76"/>
+      <c r="T16" s="76"/>
+      <c r="U16" s="76"/>
+      <c r="V16" s="76"/>
+      <c r="W16" s="76"/>
+      <c r="X16" s="76"/>
+      <c r="Y16" s="76"/>
       <c r="Z16" s="5"/>
     </row>
     <row r="17" spans="1:26" ht="18.75" customHeight="1">
       <c r="A17" s="4"/>
-      <c r="L17" s="65" t="s">
+      <c r="L17" s="50" t="s">
         <v>6</v>
       </c>
-      <c r="M17" s="65"/>
-[...2 lines deleted...]
-      <c r="P17" s="85" t="str">
+      <c r="M17" s="50"/>
+      <c r="N17" s="50"/>
+      <c r="O17" s="50"/>
+      <c r="P17" s="74" t="str">
         <f>申請書①!P17</f>
         <v/>
       </c>
-      <c r="Q17" s="85"/>
-[...8 lines deleted...]
-      <c r="Z17" s="86"/>
+      <c r="Q17" s="74"/>
+      <c r="R17" s="74"/>
+      <c r="S17" s="74"/>
+      <c r="T17" s="74"/>
+      <c r="U17" s="74"/>
+      <c r="V17" s="74"/>
+      <c r="W17" s="74"/>
+      <c r="X17" s="74"/>
+      <c r="Y17" s="74"/>
+      <c r="Z17" s="77"/>
     </row>
     <row r="18" spans="1:26" ht="30" customHeight="1">
       <c r="A18" s="4"/>
-      <c r="L18" s="46" t="s">
+      <c r="L18" s="39" t="s">
         <v>7</v>
       </c>
-      <c r="M18" s="46"/>
-[...2 lines deleted...]
-      <c r="P18" s="74">
+      <c r="M18" s="39"/>
+      <c r="N18" s="39"/>
+      <c r="O18" s="39"/>
+      <c r="P18" s="81">
         <f>申請書①!P18</f>
         <v>0</v>
       </c>
-      <c r="Q18" s="74"/>
-[...8 lines deleted...]
-      <c r="Z18" s="73"/>
+      <c r="Q18" s="81"/>
+      <c r="R18" s="81"/>
+      <c r="S18" s="81"/>
+      <c r="T18" s="81"/>
+      <c r="U18" s="81"/>
+      <c r="V18" s="81"/>
+      <c r="W18" s="81"/>
+      <c r="X18" s="81"/>
+      <c r="Y18" s="66"/>
+      <c r="Z18" s="86"/>
     </row>
     <row r="19" spans="1:26" ht="31.5" customHeight="1">
       <c r="A19" s="4"/>
-      <c r="L19" s="46" t="s">
+      <c r="L19" s="39" t="s">
         <v>8</v>
       </c>
-      <c r="M19" s="46"/>
-[...2 lines deleted...]
-      <c r="P19" s="63">
+      <c r="M19" s="39"/>
+      <c r="N19" s="39"/>
+      <c r="O19" s="39"/>
+      <c r="P19" s="48">
         <f>IF(P20="","",P20)</f>
         <v>0</v>
       </c>
-      <c r="Q19" s="63"/>
-[...5 lines deleted...]
-      <c r="W19" s="51" t="s">
+      <c r="Q19" s="48"/>
+      <c r="R19" s="48"/>
+      <c r="S19" s="48"/>
+      <c r="T19" s="48"/>
+      <c r="U19" s="48"/>
+      <c r="V19" s="48"/>
+      <c r="W19" s="40" t="s">
         <v>14</v>
       </c>
-      <c r="X19" s="51"/>
+      <c r="X19" s="40"/>
       <c r="Y19" s="7"/>
       <c r="Z19" s="5"/>
     </row>
     <row r="20" spans="1:26" ht="22.5" customHeight="1">
       <c r="A20" s="4"/>
-      <c r="P20" s="75">
+      <c r="P20" s="87">
         <f>申請書①!P20</f>
         <v>0</v>
       </c>
-      <c r="Q20" s="75"/>
-[...5 lines deleted...]
-      <c r="W20" s="51" t="s">
+      <c r="Q20" s="87"/>
+      <c r="R20" s="87"/>
+      <c r="S20" s="87"/>
+      <c r="T20" s="87"/>
+      <c r="U20" s="87"/>
+      <c r="V20" s="87"/>
+      <c r="W20" s="40" t="s">
         <v>14</v>
       </c>
-      <c r="X20" s="51"/>
+      <c r="X20" s="40"/>
       <c r="Z20" s="5"/>
     </row>
     <row r="21" spans="1:26" ht="26.25" customHeight="1">
       <c r="A21" s="4"/>
-      <c r="L21" s="46" t="s">
+      <c r="L21" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="M21" s="46"/>
-[...1 lines deleted...]
-      <c r="O21" s="46"/>
+      <c r="M21" s="39"/>
+      <c r="N21" s="39"/>
+      <c r="O21" s="39"/>
       <c r="P21" s="8"/>
-      <c r="Q21" s="87">
+      <c r="Q21" s="73">
         <f>申請書①!Q21</f>
         <v>0</v>
       </c>
-      <c r="R21" s="85"/>
+      <c r="R21" s="74"/>
       <c r="S21" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="T21" s="87">
+      <c r="T21" s="73">
         <f>申請書①!T21</f>
         <v>0</v>
       </c>
-      <c r="U21" s="85"/>
-      <c r="V21" s="85"/>
+      <c r="U21" s="74"/>
+      <c r="V21" s="74"/>
       <c r="W21" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="X21" s="87">
+      <c r="X21" s="73">
         <f>申請書①!X21</f>
         <v>0</v>
       </c>
-      <c r="Y21" s="85"/>
+      <c r="Y21" s="74"/>
       <c r="Z21" s="5"/>
     </row>
     <row r="22" spans="1:26" ht="39.75" customHeight="1">
-      <c r="A22" s="58" t="s">
+      <c r="A22" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="B22" s="61"/>
-[...10 lines deleted...]
-      <c r="M22" s="36" t="s">
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="47"/>
+      <c r="G22" s="44"/>
+      <c r="H22" s="44"/>
+      <c r="I22" s="44"/>
+      <c r="J22" s="44"/>
+      <c r="K22" s="44"/>
+      <c r="L22" s="44"/>
+      <c r="M22" s="45" t="s">
         <v>12</v>
       </c>
-      <c r="N22" s="36"/>
-[...8 lines deleted...]
-      <c r="W22" s="36" t="s">
+      <c r="N22" s="45"/>
+      <c r="O22" s="45"/>
+      <c r="P22" s="44"/>
+      <c r="Q22" s="44"/>
+      <c r="R22" s="44"/>
+      <c r="S22" s="44"/>
+      <c r="T22" s="44"/>
+      <c r="U22" s="44"/>
+      <c r="V22" s="44"/>
+      <c r="W22" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="X22" s="36"/>
-      <c r="Y22" s="36"/>
+      <c r="X22" s="45"/>
+      <c r="Y22" s="45"/>
       <c r="Z22" s="9"/>
     </row>
     <row r="23" spans="1:26" ht="58.5" customHeight="1">
-      <c r="A23" s="58" t="s">
-[...26 lines deleted...]
-      <c r="Z23" s="39"/>
+      <c r="A23" s="41" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23" s="42"/>
+      <c r="C23" s="42"/>
+      <c r="D23" s="42"/>
+      <c r="E23" s="42"/>
+      <c r="F23" s="43"/>
+      <c r="G23" s="58"/>
+      <c r="H23" s="44"/>
+      <c r="I23" s="44"/>
+      <c r="J23" s="44"/>
+      <c r="K23" s="44"/>
+      <c r="L23" s="44"/>
+      <c r="M23" s="44"/>
+      <c r="N23" s="44"/>
+      <c r="O23" s="44"/>
+      <c r="P23" s="44"/>
+      <c r="Q23" s="44"/>
+      <c r="R23" s="44"/>
+      <c r="S23" s="44"/>
+      <c r="T23" s="44"/>
+      <c r="U23" s="44"/>
+      <c r="V23" s="44"/>
+      <c r="W23" s="44"/>
+      <c r="X23" s="44"/>
+      <c r="Y23" s="44"/>
+      <c r="Z23" s="59"/>
     </row>
     <row r="24" spans="1:26" ht="18.75" customHeight="1">
       <c r="A24" s="4"/>
       <c r="Z24" s="5"/>
     </row>
     <row r="25" spans="1:26" ht="18.75" customHeight="1">
       <c r="A25" s="4"/>
       <c r="Z25" s="5"/>
     </row>
     <row r="26" spans="1:26" ht="18.75" customHeight="1">
       <c r="A26" s="4"/>
       <c r="Z26" s="5"/>
     </row>
     <row r="27" spans="1:26" ht="18.75" customHeight="1">
       <c r="A27" s="4"/>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="Z27" s="5"/>
     </row>
     <row r="28" spans="1:26" ht="18.75" customHeight="1">
       <c r="A28" s="4"/>
       <c r="Z28" s="5"/>
     </row>
     <row r="29" spans="1:26" ht="18.75" customHeight="1">
       <c r="A29" s="4"/>
       <c r="Z29" s="5"/>
     </row>
     <row r="30" spans="1:26" ht="18.75" customHeight="1">
       <c r="A30" s="4"/>
       <c r="Z30" s="5"/>
     </row>
     <row r="31" spans="1:26" ht="18.75" customHeight="1">
       <c r="A31" s="4"/>
-      <c r="K31" s="34" t="s">
+      <c r="K31" s="71" t="s">
         <v>55</v>
       </c>
-      <c r="L31" s="34"/>
-[...3 lines deleted...]
-      <c r="P31" s="34" t="s">
+      <c r="L31" s="71"/>
+      <c r="M31" s="71"/>
+      <c r="N31" s="71"/>
+      <c r="O31" s="71"/>
+      <c r="P31" s="71" t="s">
         <v>56</v>
       </c>
-      <c r="Q31" s="34"/>
-[...1 lines deleted...]
-      <c r="S31" s="35" t="s">
+      <c r="Q31" s="71"/>
+      <c r="R31" s="71"/>
+      <c r="S31" s="72" t="s">
         <v>57</v>
       </c>
-      <c r="T31" s="35"/>
-[...5 lines deleted...]
-      <c r="Z31" s="35"/>
+      <c r="T31" s="72"/>
+      <c r="U31" s="72"/>
+      <c r="V31" s="72"/>
+      <c r="W31" s="72"/>
+      <c r="X31" s="72"/>
+      <c r="Y31" s="72"/>
+      <c r="Z31" s="72"/>
     </row>
     <row r="32" spans="1:26" ht="18.75" customHeight="1">
       <c r="A32" s="4"/>
-      <c r="K32" s="34"/>
-[...14 lines deleted...]
-      <c r="Z32" s="35"/>
+      <c r="K32" s="71"/>
+      <c r="L32" s="71"/>
+      <c r="M32" s="71"/>
+      <c r="N32" s="71"/>
+      <c r="O32" s="71"/>
+      <c r="P32" s="71"/>
+      <c r="Q32" s="71"/>
+      <c r="R32" s="71"/>
+      <c r="S32" s="72"/>
+      <c r="T32" s="72"/>
+      <c r="U32" s="72"/>
+      <c r="V32" s="72"/>
+      <c r="W32" s="72"/>
+      <c r="X32" s="72"/>
+      <c r="Y32" s="72"/>
+      <c r="Z32" s="72"/>
     </row>
     <row r="33" spans="1:26" ht="18.75" customHeight="1">
       <c r="A33" s="4"/>
-      <c r="K33" s="34"/>
-[...14 lines deleted...]
-      <c r="Z33" s="34"/>
+      <c r="K33" s="71"/>
+      <c r="L33" s="71"/>
+      <c r="M33" s="71"/>
+      <c r="N33" s="71"/>
+      <c r="O33" s="71"/>
+      <c r="P33" s="71"/>
+      <c r="Q33" s="71"/>
+      <c r="R33" s="71"/>
+      <c r="S33" s="71"/>
+      <c r="T33" s="71"/>
+      <c r="U33" s="71"/>
+      <c r="V33" s="71"/>
+      <c r="W33" s="71"/>
+      <c r="X33" s="71"/>
+      <c r="Y33" s="71"/>
+      <c r="Z33" s="71"/>
     </row>
     <row r="34" spans="1:26" ht="18.75" customHeight="1">
       <c r="A34" s="4"/>
-      <c r="K34" s="34"/>
-[...14 lines deleted...]
-      <c r="Z34" s="34"/>
+      <c r="K34" s="71"/>
+      <c r="L34" s="71"/>
+      <c r="M34" s="71"/>
+      <c r="N34" s="71"/>
+      <c r="O34" s="71"/>
+      <c r="P34" s="71"/>
+      <c r="Q34" s="71"/>
+      <c r="R34" s="71"/>
+      <c r="S34" s="71"/>
+      <c r="T34" s="71"/>
+      <c r="U34" s="71"/>
+      <c r="V34" s="71"/>
+      <c r="W34" s="71"/>
+      <c r="X34" s="71"/>
+      <c r="Y34" s="71"/>
+      <c r="Z34" s="71"/>
     </row>
     <row r="35" spans="1:26" ht="18.75" customHeight="1">
       <c r="A35" s="10"/>
       <c r="B35" s="11"/>
       <c r="C35" s="11"/>
       <c r="D35" s="11"/>
       <c r="E35" s="11"/>
       <c r="F35" s="11"/>
       <c r="G35" s="11"/>
       <c r="H35" s="11"/>
       <c r="I35" s="11"/>
       <c r="J35" s="11"/>
       <c r="K35" s="11"/>
       <c r="L35" s="11"/>
       <c r="M35" s="11"/>
       <c r="N35" s="11"/>
       <c r="O35" s="11"/>
       <c r="P35" s="11"/>
       <c r="Q35" s="11"/>
       <c r="R35" s="11"/>
       <c r="S35" s="11"/>
       <c r="T35" s="11"/>
       <c r="U35" s="11"/>
       <c r="V35" s="11"/>
       <c r="W35" s="11"/>
       <c r="X35" s="11"/>
       <c r="Y35" s="11"/>
       <c r="Z35" s="12"/>
     </row>
   </sheetData>
-  <sheetProtection selectLockedCells="1"/>
+  <sheetProtection sheet="1" selectLockedCells="1"/>
   <mergeCells count="39">
+    <mergeCell ref="Y18:Z18"/>
+    <mergeCell ref="P18:X18"/>
+    <mergeCell ref="P20:V20"/>
+    <mergeCell ref="W20:X20"/>
+    <mergeCell ref="L18:O18"/>
+    <mergeCell ref="L19:O19"/>
+    <mergeCell ref="P19:V19"/>
+    <mergeCell ref="W19:X19"/>
+    <mergeCell ref="K31:O32"/>
+    <mergeCell ref="P31:R32"/>
+    <mergeCell ref="S31:Z32"/>
+    <mergeCell ref="K33:O34"/>
+    <mergeCell ref="P33:R34"/>
+    <mergeCell ref="S33:Z34"/>
+    <mergeCell ref="Q1:T2"/>
+    <mergeCell ref="U1:Z2"/>
+    <mergeCell ref="B2:G5"/>
+    <mergeCell ref="A7:Z7"/>
+    <mergeCell ref="Q11:R11"/>
+    <mergeCell ref="T11:U11"/>
+    <mergeCell ref="W11:X11"/>
+    <mergeCell ref="L15:O15"/>
+    <mergeCell ref="P15:Y15"/>
+    <mergeCell ref="L16:O16"/>
+    <mergeCell ref="P16:Y16"/>
+    <mergeCell ref="L17:O17"/>
+    <mergeCell ref="Y17:Z17"/>
+    <mergeCell ref="P17:X17"/>
     <mergeCell ref="A23:F23"/>
     <mergeCell ref="L21:O21"/>
     <mergeCell ref="Q21:R21"/>
     <mergeCell ref="T21:V21"/>
     <mergeCell ref="X21:Y21"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="G22:L22"/>
     <mergeCell ref="M22:O22"/>
     <mergeCell ref="P22:V22"/>
     <mergeCell ref="W22:Y22"/>
     <mergeCell ref="G23:Z23"/>
-    <mergeCell ref="L15:O15"/>
-[...26 lines deleted...]
-    <mergeCell ref="W19:X19"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <conditionalFormatting sqref="G22:L22 P22:V22 G23">
-    <cfRule type="cellIs" dxfId="23" priority="3" operator="equal">
+    <cfRule type="cellIs" dxfId="15" priority="3" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P19:V20">
-    <cfRule type="containsBlanks" dxfId="22" priority="2">
+    <cfRule type="containsBlanks" dxfId="14" priority="2">
       <formula>LEN(TRIM(P19))=0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="P15:Y16 P17:X18">
-[...8 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="Q21:R21 T21:V21 X21:Y21">
-    <cfRule type="containsBlanks" dxfId="19" priority="1">
+    <cfRule type="containsBlanks" dxfId="13" priority="1">
       <formula>LEN(TRIM(Q21))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U1">
-    <cfRule type="containsBlanks" dxfId="18" priority="7">
+    <cfRule type="containsBlanks" dxfId="12" priority="7">
       <formula>LEN(TRIM(U1))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="注意" prompt="卒業式の日付を入力してください。" sqref="Q11:R11" xr:uid="{00000000-0002-0000-0200-000000000000}"/>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="95" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"ＭＳ 明朝,標準"第１号様式（第３条－第７条、第13条関係）</oddHeader>
   </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0200-000001000000}">
           <x14:formula1>
             <xm:f>ドロップリスト!$B$4:$B$10</xm:f>
           </x14:formula1>
           <xm:sqref>G22:L22</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0200-000002000000}">
           <x14:formula1>
             <xm:f>ドロップリスト!$C$4:$C$6</xm:f>
           </x14:formula1>
           <xm:sqref>P22:V22</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0200-000003000000}">
           <x14:formula1>
             <xm:f>ドロップリスト!$D$4:$D$27</xm:f>
           </x14:formula1>
           <xm:sqref>G23</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:Z35"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A16" zoomScaleNormal="120" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="G23" sqref="G23:Z23"/>
+    <sheetView view="pageBreakPreview" topLeftCell="A7" zoomScaleNormal="120" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="G22" sqref="G22:L22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.5703125" defaultRowHeight="18.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="3" customWidth="1"/>
     <col min="2" max="22" width="3.5703125" style="3"/>
     <col min="23" max="23" width="3.5703125" style="3" customWidth="1"/>
     <col min="24" max="16384" width="3.5703125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="18.75" customHeight="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
-      <c r="Q1" s="57" t="s">
+      <c r="Q1" s="38" t="s">
         <v>31</v>
       </c>
-      <c r="R1" s="57"/>
-[...2 lines deleted...]
-      <c r="U1" s="76">
+      <c r="R1" s="38"/>
+      <c r="S1" s="38"/>
+      <c r="T1" s="38"/>
+      <c r="U1" s="78">
         <f>申請書①!U1</f>
         <v>0</v>
       </c>
-      <c r="V1" s="77"/>
-[...3 lines deleted...]
-      <c r="Z1" s="78"/>
+      <c r="V1" s="79"/>
+      <c r="W1" s="79"/>
+      <c r="X1" s="79"/>
+      <c r="Y1" s="79"/>
+      <c r="Z1" s="80"/>
     </row>
     <row r="2" spans="1:26" ht="18.75" customHeight="1">
       <c r="A2" s="4"/>
-      <c r="B2" s="66" t="s">
+      <c r="B2" s="51" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="57"/>
-[...13 lines deleted...]
-      <c r="Z2" s="79"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="52"/>
+      <c r="Q2" s="39"/>
+      <c r="R2" s="39"/>
+      <c r="S2" s="39"/>
+      <c r="T2" s="39"/>
+      <c r="U2" s="81"/>
+      <c r="V2" s="81"/>
+      <c r="W2" s="81"/>
+      <c r="X2" s="81"/>
+      <c r="Y2" s="81"/>
+      <c r="Z2" s="82"/>
     </row>
     <row r="3" spans="1:26" ht="18.75" customHeight="1">
       <c r="A3" s="4"/>
-      <c r="B3" s="68"/>
-[...4 lines deleted...]
-      <c r="G3" s="69"/>
+      <c r="B3" s="53"/>
+      <c r="C3" s="39"/>
+      <c r="D3" s="39"/>
+      <c r="E3" s="39"/>
+      <c r="F3" s="39"/>
+      <c r="G3" s="54"/>
       <c r="Z3" s="5"/>
     </row>
     <row r="4" spans="1:26" ht="18.75" customHeight="1">
       <c r="A4" s="4"/>
-      <c r="B4" s="68"/>
-[...4 lines deleted...]
-      <c r="G4" s="69"/>
+      <c r="B4" s="53"/>
+      <c r="C4" s="39"/>
+      <c r="D4" s="39"/>
+      <c r="E4" s="39"/>
+      <c r="F4" s="39"/>
+      <c r="G4" s="54"/>
       <c r="Z4" s="5"/>
     </row>
     <row r="5" spans="1:26" ht="18.75" customHeight="1">
       <c r="A5" s="4"/>
-      <c r="B5" s="70"/>
-[...4 lines deleted...]
-      <c r="G5" s="72"/>
+      <c r="B5" s="55"/>
+      <c r="C5" s="56"/>
+      <c r="D5" s="56"/>
+      <c r="E5" s="56"/>
+      <c r="F5" s="56"/>
+      <c r="G5" s="57"/>
       <c r="Z5" s="5"/>
     </row>
     <row r="6" spans="1:26" ht="18.75" customHeight="1">
       <c r="A6" s="4"/>
       <c r="Z6" s="5"/>
     </row>
     <row r="7" spans="1:26" ht="18.75" customHeight="1">
-      <c r="A7" s="80" t="s">
+      <c r="A7" s="83" t="s">
         <v>11</v>
       </c>
-      <c r="B7" s="81"/>
-[...23 lines deleted...]
-      <c r="Z7" s="82"/>
+      <c r="B7" s="84"/>
+      <c r="C7" s="84"/>
+      <c r="D7" s="84"/>
+      <c r="E7" s="84"/>
+      <c r="F7" s="84"/>
+      <c r="G7" s="84"/>
+      <c r="H7" s="84"/>
+      <c r="I7" s="84"/>
+      <c r="J7" s="84"/>
+      <c r="K7" s="84"/>
+      <c r="L7" s="84"/>
+      <c r="M7" s="84"/>
+      <c r="N7" s="84"/>
+      <c r="O7" s="84"/>
+      <c r="P7" s="84"/>
+      <c r="Q7" s="84"/>
+      <c r="R7" s="84"/>
+      <c r="S7" s="84"/>
+      <c r="T7" s="84"/>
+      <c r="U7" s="84"/>
+      <c r="V7" s="84"/>
+      <c r="W7" s="84"/>
+      <c r="X7" s="84"/>
+      <c r="Y7" s="84"/>
+      <c r="Z7" s="85"/>
     </row>
     <row r="8" spans="1:26" ht="18.75" customHeight="1">
       <c r="A8" s="4"/>
       <c r="Z8" s="5"/>
     </row>
     <row r="9" spans="1:26" ht="18.75" customHeight="1">
       <c r="A9" s="4"/>
       <c r="Z9" s="5"/>
     </row>
     <row r="10" spans="1:26" ht="18.75" customHeight="1">
       <c r="A10" s="4"/>
       <c r="Z10" s="5"/>
     </row>
     <row r="11" spans="1:26" ht="18.75" customHeight="1">
       <c r="A11" s="4"/>
       <c r="O11" s="6" t="s">
         <v>100</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="Q11" s="74"/>
-      <c r="R11" s="74"/>
+      <c r="Q11" s="81">
+        <f>申請書①!Q11</f>
+        <v>0</v>
+      </c>
+      <c r="R11" s="81"/>
       <c r="S11" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="T11" s="74">
+      <c r="T11" s="81">
         <f>申請書①!T11</f>
         <v>0</v>
       </c>
-      <c r="U11" s="74"/>
+      <c r="U11" s="81"/>
       <c r="V11" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="W11" s="74">
+      <c r="W11" s="81">
         <f>申請書①!W11</f>
         <v>0</v>
       </c>
-      <c r="X11" s="74"/>
+      <c r="X11" s="81"/>
       <c r="Y11" s="6" t="s">
         <v>1</v>
       </c>
       <c r="Z11" s="5"/>
     </row>
     <row r="12" spans="1:26" ht="18.75" customHeight="1">
       <c r="A12" s="4"/>
       <c r="Z12" s="5"/>
     </row>
     <row r="13" spans="1:26" ht="18.75" customHeight="1">
       <c r="A13" s="4"/>
       <c r="B13" s="3" t="s">
         <v>3</v>
       </c>
       <c r="Z13" s="5"/>
     </row>
     <row r="14" spans="1:26" ht="18.75" customHeight="1">
       <c r="A14" s="4"/>
       <c r="Z14" s="5"/>
     </row>
     <row r="15" spans="1:26" ht="22.5" customHeight="1">
       <c r="A15" s="4"/>
-      <c r="L15" s="46" t="s">
+      <c r="L15" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="M15" s="46"/>
-[...2 lines deleted...]
-      <c r="P15" s="83">
+      <c r="M15" s="39"/>
+      <c r="N15" s="39"/>
+      <c r="O15" s="39"/>
+      <c r="P15" s="75">
         <f>申請書①!P15</f>
         <v>0</v>
       </c>
-      <c r="Q15" s="83"/>
-[...7 lines deleted...]
-      <c r="Y15" s="83"/>
+      <c r="Q15" s="75"/>
+      <c r="R15" s="75"/>
+      <c r="S15" s="75"/>
+      <c r="T15" s="75"/>
+      <c r="U15" s="75"/>
+      <c r="V15" s="75"/>
+      <c r="W15" s="75"/>
+      <c r="X15" s="75"/>
+      <c r="Y15" s="75"/>
       <c r="Z15" s="5"/>
     </row>
     <row r="16" spans="1:26" ht="54" customHeight="1">
       <c r="A16" s="4"/>
-      <c r="L16" s="46" t="s">
+      <c r="L16" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="M16" s="46"/>
-[...2 lines deleted...]
-      <c r="P16" s="84">
+      <c r="M16" s="39"/>
+      <c r="N16" s="39"/>
+      <c r="O16" s="39"/>
+      <c r="P16" s="76">
         <f>申請書①!P16</f>
         <v>0</v>
       </c>
-      <c r="Q16" s="84"/>
-[...7 lines deleted...]
-      <c r="Y16" s="84"/>
+      <c r="Q16" s="76"/>
+      <c r="R16" s="76"/>
+      <c r="S16" s="76"/>
+      <c r="T16" s="76"/>
+      <c r="U16" s="76"/>
+      <c r="V16" s="76"/>
+      <c r="W16" s="76"/>
+      <c r="X16" s="76"/>
+      <c r="Y16" s="76"/>
       <c r="Z16" s="5"/>
     </row>
     <row r="17" spans="1:26" ht="18.75" customHeight="1">
       <c r="A17" s="4"/>
-      <c r="L17" s="65" t="s">
+      <c r="L17" s="50" t="s">
         <v>6</v>
       </c>
-      <c r="M17" s="65"/>
-[...2 lines deleted...]
-      <c r="P17" s="85" t="str">
+      <c r="M17" s="50"/>
+      <c r="N17" s="50"/>
+      <c r="O17" s="50"/>
+      <c r="P17" s="74" t="str">
         <f>申請書①!P17</f>
         <v/>
       </c>
-      <c r="Q17" s="85"/>
-[...8 lines deleted...]
-      <c r="Z17" s="86"/>
+      <c r="Q17" s="74"/>
+      <c r="R17" s="74"/>
+      <c r="S17" s="74"/>
+      <c r="T17" s="74"/>
+      <c r="U17" s="74"/>
+      <c r="V17" s="74"/>
+      <c r="W17" s="74"/>
+      <c r="X17" s="74"/>
+      <c r="Y17" s="74"/>
+      <c r="Z17" s="77"/>
     </row>
     <row r="18" spans="1:26" ht="30" customHeight="1">
       <c r="A18" s="4"/>
-      <c r="L18" s="46" t="s">
+      <c r="L18" s="39" t="s">
         <v>7</v>
       </c>
-      <c r="M18" s="46"/>
-[...2 lines deleted...]
-      <c r="P18" s="74">
+      <c r="M18" s="39"/>
+      <c r="N18" s="39"/>
+      <c r="O18" s="39"/>
+      <c r="P18" s="81">
         <f>申請書①!P18</f>
         <v>0</v>
       </c>
-      <c r="Q18" s="74"/>
-[...8 lines deleted...]
-      <c r="Z18" s="73"/>
+      <c r="Q18" s="81"/>
+      <c r="R18" s="81"/>
+      <c r="S18" s="81"/>
+      <c r="T18" s="81"/>
+      <c r="U18" s="81"/>
+      <c r="V18" s="81"/>
+      <c r="W18" s="81"/>
+      <c r="X18" s="81"/>
+      <c r="Y18" s="66"/>
+      <c r="Z18" s="86"/>
     </row>
     <row r="19" spans="1:26" ht="31.5" customHeight="1">
       <c r="A19" s="4"/>
-      <c r="L19" s="46" t="s">
+      <c r="L19" s="39" t="s">
         <v>8</v>
       </c>
-      <c r="M19" s="46"/>
-[...2 lines deleted...]
-      <c r="P19" s="63">
+      <c r="M19" s="39"/>
+      <c r="N19" s="39"/>
+      <c r="O19" s="39"/>
+      <c r="P19" s="48">
         <f>IF(P20="","",P20)</f>
         <v>0</v>
       </c>
-      <c r="Q19" s="63"/>
-[...5 lines deleted...]
-      <c r="W19" s="51" t="s">
+      <c r="Q19" s="48"/>
+      <c r="R19" s="48"/>
+      <c r="S19" s="48"/>
+      <c r="T19" s="48"/>
+      <c r="U19" s="48"/>
+      <c r="V19" s="48"/>
+      <c r="W19" s="40" t="s">
         <v>14</v>
       </c>
-      <c r="X19" s="51"/>
+      <c r="X19" s="40"/>
       <c r="Y19" s="7"/>
       <c r="Z19" s="5"/>
     </row>
     <row r="20" spans="1:26" ht="22.5" customHeight="1">
       <c r="A20" s="4"/>
-      <c r="P20" s="75">
+      <c r="P20" s="87">
         <f>申請書①!P20</f>
         <v>0</v>
       </c>
-      <c r="Q20" s="75"/>
-[...5 lines deleted...]
-      <c r="W20" s="51" t="s">
+      <c r="Q20" s="87"/>
+      <c r="R20" s="87"/>
+      <c r="S20" s="87"/>
+      <c r="T20" s="87"/>
+      <c r="U20" s="87"/>
+      <c r="V20" s="87"/>
+      <c r="W20" s="40" t="s">
         <v>14</v>
       </c>
-      <c r="X20" s="51"/>
+      <c r="X20" s="40"/>
       <c r="Z20" s="5"/>
     </row>
     <row r="21" spans="1:26" ht="26.25" customHeight="1">
       <c r="A21" s="4"/>
-      <c r="L21" s="46" t="s">
+      <c r="L21" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="M21" s="46"/>
-[...1 lines deleted...]
-      <c r="O21" s="46"/>
+      <c r="M21" s="39"/>
+      <c r="N21" s="39"/>
+      <c r="O21" s="39"/>
       <c r="P21" s="8"/>
-      <c r="Q21" s="87">
+      <c r="Q21" s="73">
         <f>申請書①!Q21</f>
         <v>0</v>
       </c>
-      <c r="R21" s="85"/>
+      <c r="R21" s="74"/>
       <c r="S21" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="T21" s="87">
+      <c r="T21" s="73">
         <f>申請書①!T21</f>
         <v>0</v>
       </c>
-      <c r="U21" s="85"/>
-      <c r="V21" s="85"/>
+      <c r="U21" s="74"/>
+      <c r="V21" s="74"/>
       <c r="W21" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="X21" s="87">
+      <c r="X21" s="73">
         <f>申請書①!X21</f>
         <v>0</v>
       </c>
-      <c r="Y21" s="85"/>
+      <c r="Y21" s="74"/>
       <c r="Z21" s="5"/>
     </row>
     <row r="22" spans="1:26" ht="39.75" customHeight="1">
-      <c r="A22" s="58" t="s">
+      <c r="A22" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="B22" s="61"/>
-[...10 lines deleted...]
-      <c r="M22" s="36" t="s">
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="47"/>
+      <c r="G22" s="44"/>
+      <c r="H22" s="44"/>
+      <c r="I22" s="44"/>
+      <c r="J22" s="44"/>
+      <c r="K22" s="44"/>
+      <c r="L22" s="44"/>
+      <c r="M22" s="45" t="s">
         <v>12</v>
       </c>
-      <c r="N22" s="36"/>
-[...8 lines deleted...]
-      <c r="W22" s="36" t="s">
+      <c r="N22" s="45"/>
+      <c r="O22" s="45"/>
+      <c r="P22" s="44"/>
+      <c r="Q22" s="44"/>
+      <c r="R22" s="44"/>
+      <c r="S22" s="44"/>
+      <c r="T22" s="44"/>
+      <c r="U22" s="44"/>
+      <c r="V22" s="44"/>
+      <c r="W22" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="X22" s="36"/>
-      <c r="Y22" s="36"/>
+      <c r="X22" s="45"/>
+      <c r="Y22" s="45"/>
       <c r="Z22" s="9"/>
     </row>
     <row r="23" spans="1:26" ht="58.5" customHeight="1">
-      <c r="A23" s="58" t="s">
-[...26 lines deleted...]
-      <c r="Z23" s="39"/>
+      <c r="A23" s="41" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23" s="42"/>
+      <c r="C23" s="42"/>
+      <c r="D23" s="42"/>
+      <c r="E23" s="42"/>
+      <c r="F23" s="43"/>
+      <c r="G23" s="58"/>
+      <c r="H23" s="44"/>
+      <c r="I23" s="44"/>
+      <c r="J23" s="44"/>
+      <c r="K23" s="44"/>
+      <c r="L23" s="44"/>
+      <c r="M23" s="44"/>
+      <c r="N23" s="44"/>
+      <c r="O23" s="44"/>
+      <c r="P23" s="44"/>
+      <c r="Q23" s="44"/>
+      <c r="R23" s="44"/>
+      <c r="S23" s="44"/>
+      <c r="T23" s="44"/>
+      <c r="U23" s="44"/>
+      <c r="V23" s="44"/>
+      <c r="W23" s="44"/>
+      <c r="X23" s="44"/>
+      <c r="Y23" s="44"/>
+      <c r="Z23" s="59"/>
     </row>
     <row r="24" spans="1:26" ht="18.75" customHeight="1">
       <c r="A24" s="4"/>
       <c r="Z24" s="5"/>
     </row>
     <row r="25" spans="1:26" ht="18.75" customHeight="1">
       <c r="A25" s="4"/>
       <c r="Z25" s="5"/>
     </row>
     <row r="26" spans="1:26" ht="18.75" customHeight="1">
       <c r="A26" s="4"/>
       <c r="Z26" s="5"/>
     </row>
     <row r="27" spans="1:26" ht="18.75" customHeight="1">
       <c r="A27" s="4"/>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="Z27" s="5"/>
     </row>
     <row r="28" spans="1:26" ht="18.75" customHeight="1">
       <c r="A28" s="4"/>
       <c r="Z28" s="5"/>
     </row>
     <row r="29" spans="1:26" ht="18.75" customHeight="1">
       <c r="A29" s="4"/>
       <c r="Z29" s="5"/>
     </row>
     <row r="30" spans="1:26" ht="18.75" customHeight="1">
       <c r="A30" s="4"/>
       <c r="Z30" s="5"/>
     </row>
     <row r="31" spans="1:26" ht="18.75" customHeight="1">
       <c r="A31" s="4"/>
-      <c r="K31" s="34" t="s">
+      <c r="K31" s="71" t="s">
         <v>55</v>
       </c>
-      <c r="L31" s="34"/>
-[...3 lines deleted...]
-      <c r="P31" s="34" t="s">
+      <c r="L31" s="71"/>
+      <c r="M31" s="71"/>
+      <c r="N31" s="71"/>
+      <c r="O31" s="71"/>
+      <c r="P31" s="71" t="s">
         <v>56</v>
       </c>
-      <c r="Q31" s="34"/>
-[...1 lines deleted...]
-      <c r="S31" s="35" t="s">
+      <c r="Q31" s="71"/>
+      <c r="R31" s="71"/>
+      <c r="S31" s="72" t="s">
         <v>57</v>
       </c>
-      <c r="T31" s="35"/>
-[...5 lines deleted...]
-      <c r="Z31" s="35"/>
+      <c r="T31" s="72"/>
+      <c r="U31" s="72"/>
+      <c r="V31" s="72"/>
+      <c r="W31" s="72"/>
+      <c r="X31" s="72"/>
+      <c r="Y31" s="72"/>
+      <c r="Z31" s="72"/>
     </row>
     <row r="32" spans="1:26" ht="18.75" customHeight="1">
       <c r="A32" s="4"/>
-      <c r="K32" s="34"/>
-[...14 lines deleted...]
-      <c r="Z32" s="35"/>
+      <c r="K32" s="71"/>
+      <c r="L32" s="71"/>
+      <c r="M32" s="71"/>
+      <c r="N32" s="71"/>
+      <c r="O32" s="71"/>
+      <c r="P32" s="71"/>
+      <c r="Q32" s="71"/>
+      <c r="R32" s="71"/>
+      <c r="S32" s="72"/>
+      <c r="T32" s="72"/>
+      <c r="U32" s="72"/>
+      <c r="V32" s="72"/>
+      <c r="W32" s="72"/>
+      <c r="X32" s="72"/>
+      <c r="Y32" s="72"/>
+      <c r="Z32" s="72"/>
     </row>
     <row r="33" spans="1:26" ht="18.75" customHeight="1">
       <c r="A33" s="4"/>
-      <c r="K33" s="34"/>
-[...14 lines deleted...]
-      <c r="Z33" s="34"/>
+      <c r="K33" s="71"/>
+      <c r="L33" s="71"/>
+      <c r="M33" s="71"/>
+      <c r="N33" s="71"/>
+      <c r="O33" s="71"/>
+      <c r="P33" s="71"/>
+      <c r="Q33" s="71"/>
+      <c r="R33" s="71"/>
+      <c r="S33" s="71"/>
+      <c r="T33" s="71"/>
+      <c r="U33" s="71"/>
+      <c r="V33" s="71"/>
+      <c r="W33" s="71"/>
+      <c r="X33" s="71"/>
+      <c r="Y33" s="71"/>
+      <c r="Z33" s="71"/>
     </row>
     <row r="34" spans="1:26" ht="18.75" customHeight="1">
       <c r="A34" s="4"/>
-      <c r="K34" s="34"/>
-[...14 lines deleted...]
-      <c r="Z34" s="34"/>
+      <c r="K34" s="71"/>
+      <c r="L34" s="71"/>
+      <c r="M34" s="71"/>
+      <c r="N34" s="71"/>
+      <c r="O34" s="71"/>
+      <c r="P34" s="71"/>
+      <c r="Q34" s="71"/>
+      <c r="R34" s="71"/>
+      <c r="S34" s="71"/>
+      <c r="T34" s="71"/>
+      <c r="U34" s="71"/>
+      <c r="V34" s="71"/>
+      <c r="W34" s="71"/>
+      <c r="X34" s="71"/>
+      <c r="Y34" s="71"/>
+      <c r="Z34" s="71"/>
     </row>
     <row r="35" spans="1:26" ht="18.75" customHeight="1">
       <c r="A35" s="10"/>
       <c r="B35" s="11"/>
       <c r="C35" s="11"/>
       <c r="D35" s="11"/>
       <c r="E35" s="11"/>
       <c r="F35" s="11"/>
       <c r="G35" s="11"/>
       <c r="H35" s="11"/>
       <c r="I35" s="11"/>
       <c r="J35" s="11"/>
       <c r="K35" s="11"/>
       <c r="L35" s="11"/>
       <c r="M35" s="11"/>
       <c r="N35" s="11"/>
       <c r="O35" s="11"/>
       <c r="P35" s="11"/>
       <c r="Q35" s="11"/>
       <c r="R35" s="11"/>
       <c r="S35" s="11"/>
       <c r="T35" s="11"/>
       <c r="U35" s="11"/>
       <c r="V35" s="11"/>
       <c r="W35" s="11"/>
       <c r="X35" s="11"/>
       <c r="Y35" s="11"/>
       <c r="Z35" s="12"/>
     </row>
   </sheetData>
-  <sheetProtection selectLockedCells="1"/>
+  <sheetProtection sheet="1" selectLockedCells="1"/>
   <mergeCells count="39">
-    <mergeCell ref="Q1:T2"/>
-[...23 lines deleted...]
-    <mergeCell ref="W22:Y22"/>
     <mergeCell ref="Y18:Z18"/>
     <mergeCell ref="A23:F23"/>
     <mergeCell ref="K31:O32"/>
     <mergeCell ref="P31:R32"/>
     <mergeCell ref="S31:Z32"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="P20:V20"/>
     <mergeCell ref="W20:X20"/>
     <mergeCell ref="L18:O18"/>
     <mergeCell ref="L19:O19"/>
     <mergeCell ref="P19:V19"/>
     <mergeCell ref="W19:X19"/>
     <mergeCell ref="P18:X18"/>
     <mergeCell ref="G23:Z23"/>
+    <mergeCell ref="K33:O34"/>
+    <mergeCell ref="P33:R34"/>
+    <mergeCell ref="S33:Z34"/>
+    <mergeCell ref="L21:O21"/>
+    <mergeCell ref="Q21:R21"/>
+    <mergeCell ref="T21:V21"/>
+    <mergeCell ref="X21:Y21"/>
+    <mergeCell ref="G22:L22"/>
+    <mergeCell ref="M22:O22"/>
+    <mergeCell ref="P22:V22"/>
+    <mergeCell ref="W22:Y22"/>
+    <mergeCell ref="L15:O15"/>
+    <mergeCell ref="P15:Y15"/>
+    <mergeCell ref="L16:O16"/>
+    <mergeCell ref="P16:Y16"/>
+    <mergeCell ref="L17:O17"/>
+    <mergeCell ref="Y17:Z17"/>
+    <mergeCell ref="P17:X17"/>
+    <mergeCell ref="Q1:T2"/>
+    <mergeCell ref="U1:Z2"/>
+    <mergeCell ref="B2:G5"/>
+    <mergeCell ref="A7:Z7"/>
+    <mergeCell ref="Q11:R11"/>
+    <mergeCell ref="T11:U11"/>
+    <mergeCell ref="W11:X11"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <conditionalFormatting sqref="G22:L22 P22:V22 G23">
-    <cfRule type="cellIs" dxfId="17" priority="3" operator="equal">
+    <cfRule type="cellIs" dxfId="11" priority="3" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P19:V20">
-    <cfRule type="containsBlanks" dxfId="16" priority="2">
+    <cfRule type="containsBlanks" dxfId="10" priority="2">
       <formula>LEN(TRIM(P19))=0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="P15:Y16 P17:X18">
-[...8 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="Q21:R21 T21:V21 X21:Y21">
-    <cfRule type="containsBlanks" dxfId="13" priority="1">
+    <cfRule type="containsBlanks" dxfId="9" priority="1">
       <formula>LEN(TRIM(Q21))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U1">
-    <cfRule type="containsBlanks" dxfId="12" priority="7">
+    <cfRule type="containsBlanks" dxfId="8" priority="7">
       <formula>LEN(TRIM(U1))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="注意" prompt="卒業式の日付を入力してください。" sqref="Q11:R11" xr:uid="{00000000-0002-0000-0300-000000000000}"/>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="95" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"ＭＳ 明朝,標準"第１号様式（第３条－第７条、第13条関係）</oddHeader>
   </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0300-000001000000}">
           <x14:formula1>
             <xm:f>ドロップリスト!$D$4:$D$27</xm:f>
           </x14:formula1>
           <xm:sqref>G23</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0300-000002000000}">
           <x14:formula1>
             <xm:f>ドロップリスト!$C$4:$C$6</xm:f>
           </x14:formula1>
           <xm:sqref>P22:V22</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0300-000003000000}">
           <x14:formula1>
             <xm:f>ドロップリスト!$B$4:$B$10</xm:f>
           </x14:formula1>
           <xm:sqref>G22:L22</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:Z35"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A13" zoomScaleNormal="120" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="G23" sqref="G23:Z23"/>
+    <sheetView view="pageBreakPreview" topLeftCell="A10" zoomScaleNormal="120" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="G22" sqref="G22:L22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.5703125" defaultRowHeight="18.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="3" customWidth="1"/>
     <col min="2" max="22" width="3.5703125" style="3"/>
     <col min="23" max="23" width="3.5703125" style="3" customWidth="1"/>
     <col min="24" max="16384" width="3.5703125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="18.75" customHeight="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
-      <c r="Q1" s="57" t="s">
+      <c r="Q1" s="38" t="s">
         <v>31</v>
       </c>
-      <c r="R1" s="57"/>
-[...2 lines deleted...]
-      <c r="U1" s="76">
+      <c r="R1" s="38"/>
+      <c r="S1" s="38"/>
+      <c r="T1" s="38"/>
+      <c r="U1" s="78">
         <f>申請書①!U1</f>
         <v>0</v>
       </c>
-      <c r="V1" s="77"/>
-[...3 lines deleted...]
-      <c r="Z1" s="78"/>
+      <c r="V1" s="79"/>
+      <c r="W1" s="79"/>
+      <c r="X1" s="79"/>
+      <c r="Y1" s="79"/>
+      <c r="Z1" s="80"/>
     </row>
     <row r="2" spans="1:26" ht="18.75" customHeight="1">
       <c r="A2" s="4"/>
-      <c r="B2" s="66" t="s">
+      <c r="B2" s="51" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="57"/>
-[...13 lines deleted...]
-      <c r="Z2" s="79"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="52"/>
+      <c r="Q2" s="39"/>
+      <c r="R2" s="39"/>
+      <c r="S2" s="39"/>
+      <c r="T2" s="39"/>
+      <c r="U2" s="81"/>
+      <c r="V2" s="81"/>
+      <c r="W2" s="81"/>
+      <c r="X2" s="81"/>
+      <c r="Y2" s="81"/>
+      <c r="Z2" s="82"/>
     </row>
     <row r="3" spans="1:26" ht="18.75" customHeight="1">
       <c r="A3" s="4"/>
-      <c r="B3" s="68"/>
-[...4 lines deleted...]
-      <c r="G3" s="69"/>
+      <c r="B3" s="53"/>
+      <c r="C3" s="39"/>
+      <c r="D3" s="39"/>
+      <c r="E3" s="39"/>
+      <c r="F3" s="39"/>
+      <c r="G3" s="54"/>
       <c r="Z3" s="5"/>
     </row>
     <row r="4" spans="1:26" ht="18.75" customHeight="1">
       <c r="A4" s="4"/>
-      <c r="B4" s="68"/>
-[...4 lines deleted...]
-      <c r="G4" s="69"/>
+      <c r="B4" s="53"/>
+      <c r="C4" s="39"/>
+      <c r="D4" s="39"/>
+      <c r="E4" s="39"/>
+      <c r="F4" s="39"/>
+      <c r="G4" s="54"/>
       <c r="Z4" s="5"/>
     </row>
     <row r="5" spans="1:26" ht="18.75" customHeight="1">
       <c r="A5" s="4"/>
-      <c r="B5" s="70"/>
-[...4 lines deleted...]
-      <c r="G5" s="72"/>
+      <c r="B5" s="55"/>
+      <c r="C5" s="56"/>
+      <c r="D5" s="56"/>
+      <c r="E5" s="56"/>
+      <c r="F5" s="56"/>
+      <c r="G5" s="57"/>
       <c r="Z5" s="5"/>
     </row>
     <row r="6" spans="1:26" ht="18.75" customHeight="1">
       <c r="A6" s="4"/>
       <c r="Z6" s="5"/>
     </row>
     <row r="7" spans="1:26" ht="18.75" customHeight="1">
-      <c r="A7" s="80" t="s">
+      <c r="A7" s="83" t="s">
         <v>11</v>
       </c>
-      <c r="B7" s="81"/>
-[...23 lines deleted...]
-      <c r="Z7" s="82"/>
+      <c r="B7" s="84"/>
+      <c r="C7" s="84"/>
+      <c r="D7" s="84"/>
+      <c r="E7" s="84"/>
+      <c r="F7" s="84"/>
+      <c r="G7" s="84"/>
+      <c r="H7" s="84"/>
+      <c r="I7" s="84"/>
+      <c r="J7" s="84"/>
+      <c r="K7" s="84"/>
+      <c r="L7" s="84"/>
+      <c r="M7" s="84"/>
+      <c r="N7" s="84"/>
+      <c r="O7" s="84"/>
+      <c r="P7" s="84"/>
+      <c r="Q7" s="84"/>
+      <c r="R7" s="84"/>
+      <c r="S7" s="84"/>
+      <c r="T7" s="84"/>
+      <c r="U7" s="84"/>
+      <c r="V7" s="84"/>
+      <c r="W7" s="84"/>
+      <c r="X7" s="84"/>
+      <c r="Y7" s="84"/>
+      <c r="Z7" s="85"/>
     </row>
     <row r="8" spans="1:26" ht="18.75" customHeight="1">
       <c r="A8" s="4"/>
       <c r="Z8" s="5"/>
     </row>
     <row r="9" spans="1:26" ht="18.75" customHeight="1">
       <c r="A9" s="4"/>
       <c r="Z9" s="5"/>
     </row>
     <row r="10" spans="1:26" ht="18.75" customHeight="1">
       <c r="A10" s="4"/>
       <c r="Z10" s="5"/>
     </row>
     <row r="11" spans="1:26" ht="18.75" customHeight="1">
       <c r="A11" s="4"/>
       <c r="O11" s="6" t="s">
         <v>100</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="Q11" s="74"/>
-      <c r="R11" s="74"/>
+      <c r="Q11" s="81">
+        <f>申請書①!Q11</f>
+        <v>0</v>
+      </c>
+      <c r="R11" s="81"/>
       <c r="S11" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="T11" s="74">
+      <c r="T11" s="81">
         <f>申請書①!T11</f>
         <v>0</v>
       </c>
-      <c r="U11" s="74"/>
+      <c r="U11" s="81"/>
       <c r="V11" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="W11" s="74">
+      <c r="W11" s="81">
         <f>申請書①!W11</f>
         <v>0</v>
       </c>
-      <c r="X11" s="74"/>
+      <c r="X11" s="81"/>
       <c r="Y11" s="6" t="s">
         <v>1</v>
       </c>
       <c r="Z11" s="5"/>
     </row>
     <row r="12" spans="1:26" ht="18.75" customHeight="1">
       <c r="A12" s="4"/>
       <c r="Z12" s="5"/>
     </row>
     <row r="13" spans="1:26" ht="18.75" customHeight="1">
       <c r="A13" s="4"/>
       <c r="B13" s="3" t="s">
         <v>3</v>
       </c>
       <c r="Z13" s="5"/>
     </row>
     <row r="14" spans="1:26" ht="18.75" customHeight="1">
       <c r="A14" s="4"/>
       <c r="Z14" s="5"/>
     </row>
     <row r="15" spans="1:26" ht="22.5" customHeight="1">
       <c r="A15" s="4"/>
-      <c r="L15" s="46" t="s">
+      <c r="L15" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="M15" s="46"/>
-[...2 lines deleted...]
-      <c r="P15" s="83">
+      <c r="M15" s="39"/>
+      <c r="N15" s="39"/>
+      <c r="O15" s="39"/>
+      <c r="P15" s="75">
         <f>申請書①!P15</f>
         <v>0</v>
       </c>
-      <c r="Q15" s="83"/>
-[...7 lines deleted...]
-      <c r="Y15" s="83"/>
+      <c r="Q15" s="75"/>
+      <c r="R15" s="75"/>
+      <c r="S15" s="75"/>
+      <c r="T15" s="75"/>
+      <c r="U15" s="75"/>
+      <c r="V15" s="75"/>
+      <c r="W15" s="75"/>
+      <c r="X15" s="75"/>
+      <c r="Y15" s="75"/>
       <c r="Z15" s="5"/>
     </row>
     <row r="16" spans="1:26" ht="54" customHeight="1">
       <c r="A16" s="4"/>
-      <c r="L16" s="46" t="s">
+      <c r="L16" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="M16" s="46"/>
-[...2 lines deleted...]
-      <c r="P16" s="84">
+      <c r="M16" s="39"/>
+      <c r="N16" s="39"/>
+      <c r="O16" s="39"/>
+      <c r="P16" s="76">
         <f>申請書①!P16</f>
         <v>0</v>
       </c>
-      <c r="Q16" s="84"/>
-[...7 lines deleted...]
-      <c r="Y16" s="84"/>
+      <c r="Q16" s="76"/>
+      <c r="R16" s="76"/>
+      <c r="S16" s="76"/>
+      <c r="T16" s="76"/>
+      <c r="U16" s="76"/>
+      <c r="V16" s="76"/>
+      <c r="W16" s="76"/>
+      <c r="X16" s="76"/>
+      <c r="Y16" s="76"/>
       <c r="Z16" s="5"/>
     </row>
     <row r="17" spans="1:26" ht="18.75" customHeight="1">
       <c r="A17" s="4"/>
-      <c r="L17" s="65" t="s">
+      <c r="L17" s="50" t="s">
         <v>6</v>
       </c>
-      <c r="M17" s="65"/>
-[...2 lines deleted...]
-      <c r="P17" s="85" t="str">
+      <c r="M17" s="50"/>
+      <c r="N17" s="50"/>
+      <c r="O17" s="50"/>
+      <c r="P17" s="74" t="str">
         <f>申請書①!P17</f>
         <v/>
       </c>
-      <c r="Q17" s="85"/>
-[...8 lines deleted...]
-      <c r="Z17" s="86"/>
+      <c r="Q17" s="74"/>
+      <c r="R17" s="74"/>
+      <c r="S17" s="74"/>
+      <c r="T17" s="74"/>
+      <c r="U17" s="74"/>
+      <c r="V17" s="74"/>
+      <c r="W17" s="74"/>
+      <c r="X17" s="74"/>
+      <c r="Y17" s="74"/>
+      <c r="Z17" s="77"/>
     </row>
     <row r="18" spans="1:26" ht="30" customHeight="1">
       <c r="A18" s="4"/>
-      <c r="L18" s="46" t="s">
+      <c r="L18" s="39" t="s">
         <v>7</v>
       </c>
-      <c r="M18" s="46"/>
-[...2 lines deleted...]
-      <c r="P18" s="74">
+      <c r="M18" s="39"/>
+      <c r="N18" s="39"/>
+      <c r="O18" s="39"/>
+      <c r="P18" s="81">
         <f>申請書①!P18</f>
         <v>0</v>
       </c>
-      <c r="Q18" s="74"/>
-[...8 lines deleted...]
-      <c r="Z18" s="73"/>
+      <c r="Q18" s="81"/>
+      <c r="R18" s="81"/>
+      <c r="S18" s="81"/>
+      <c r="T18" s="81"/>
+      <c r="U18" s="81"/>
+      <c r="V18" s="81"/>
+      <c r="W18" s="81"/>
+      <c r="X18" s="81"/>
+      <c r="Y18" s="66"/>
+      <c r="Z18" s="86"/>
     </row>
     <row r="19" spans="1:26" ht="31.5" customHeight="1">
       <c r="A19" s="4"/>
-      <c r="L19" s="46" t="s">
+      <c r="L19" s="39" t="s">
         <v>8</v>
       </c>
-      <c r="M19" s="46"/>
-[...2 lines deleted...]
-      <c r="P19" s="63">
+      <c r="M19" s="39"/>
+      <c r="N19" s="39"/>
+      <c r="O19" s="39"/>
+      <c r="P19" s="48">
         <f>IF(P20="","",P20)</f>
         <v>0</v>
       </c>
-      <c r="Q19" s="63"/>
-[...5 lines deleted...]
-      <c r="W19" s="51" t="s">
+      <c r="Q19" s="48"/>
+      <c r="R19" s="48"/>
+      <c r="S19" s="48"/>
+      <c r="T19" s="48"/>
+      <c r="U19" s="48"/>
+      <c r="V19" s="48"/>
+      <c r="W19" s="40" t="s">
         <v>14</v>
       </c>
-      <c r="X19" s="51"/>
+      <c r="X19" s="40"/>
       <c r="Y19" s="7"/>
       <c r="Z19" s="5"/>
     </row>
     <row r="20" spans="1:26" ht="22.5" customHeight="1">
       <c r="A20" s="4"/>
-      <c r="P20" s="75">
+      <c r="P20" s="87">
         <f>申請書①!P20</f>
         <v>0</v>
       </c>
-      <c r="Q20" s="75"/>
-[...5 lines deleted...]
-      <c r="W20" s="51" t="s">
+      <c r="Q20" s="87"/>
+      <c r="R20" s="87"/>
+      <c r="S20" s="87"/>
+      <c r="T20" s="87"/>
+      <c r="U20" s="87"/>
+      <c r="V20" s="87"/>
+      <c r="W20" s="40" t="s">
         <v>14</v>
       </c>
-      <c r="X20" s="51"/>
+      <c r="X20" s="40"/>
       <c r="Z20" s="5"/>
     </row>
     <row r="21" spans="1:26" ht="26.25" customHeight="1">
       <c r="A21" s="4"/>
-      <c r="L21" s="46" t="s">
+      <c r="L21" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="M21" s="46"/>
-[...1 lines deleted...]
-      <c r="O21" s="46"/>
+      <c r="M21" s="39"/>
+      <c r="N21" s="39"/>
+      <c r="O21" s="39"/>
       <c r="P21" s="8"/>
-      <c r="Q21" s="87">
+      <c r="Q21" s="73">
         <f>申請書①!Q21</f>
         <v>0</v>
       </c>
-      <c r="R21" s="85"/>
+      <c r="R21" s="74"/>
       <c r="S21" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="T21" s="87">
+      <c r="T21" s="73">
         <f>申請書①!T21</f>
         <v>0</v>
       </c>
-      <c r="U21" s="85"/>
-      <c r="V21" s="85"/>
+      <c r="U21" s="74"/>
+      <c r="V21" s="74"/>
       <c r="W21" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="X21" s="87">
+      <c r="X21" s="73">
         <f>申請書①!X21</f>
         <v>0</v>
       </c>
-      <c r="Y21" s="85"/>
+      <c r="Y21" s="74"/>
       <c r="Z21" s="5"/>
     </row>
     <row r="22" spans="1:26" ht="39.75" customHeight="1">
-      <c r="A22" s="58" t="s">
+      <c r="A22" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="B22" s="61"/>
-[...10 lines deleted...]
-      <c r="M22" s="36" t="s">
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="47"/>
+      <c r="G22" s="44"/>
+      <c r="H22" s="44"/>
+      <c r="I22" s="44"/>
+      <c r="J22" s="44"/>
+      <c r="K22" s="44"/>
+      <c r="L22" s="44"/>
+      <c r="M22" s="45" t="s">
         <v>12</v>
       </c>
-      <c r="N22" s="36"/>
-[...8 lines deleted...]
-      <c r="W22" s="36" t="s">
+      <c r="N22" s="45"/>
+      <c r="O22" s="45"/>
+      <c r="P22" s="44"/>
+      <c r="Q22" s="44"/>
+      <c r="R22" s="44"/>
+      <c r="S22" s="44"/>
+      <c r="T22" s="44"/>
+      <c r="U22" s="44"/>
+      <c r="V22" s="44"/>
+      <c r="W22" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="X22" s="36"/>
-      <c r="Y22" s="36"/>
+      <c r="X22" s="45"/>
+      <c r="Y22" s="45"/>
       <c r="Z22" s="9"/>
     </row>
     <row r="23" spans="1:26" ht="58.5" customHeight="1">
-      <c r="A23" s="58" t="s">
-[...26 lines deleted...]
-      <c r="Z23" s="39"/>
+      <c r="A23" s="41" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23" s="42"/>
+      <c r="C23" s="42"/>
+      <c r="D23" s="42"/>
+      <c r="E23" s="42"/>
+      <c r="F23" s="43"/>
+      <c r="G23" s="58"/>
+      <c r="H23" s="44"/>
+      <c r="I23" s="44"/>
+      <c r="J23" s="44"/>
+      <c r="K23" s="44"/>
+      <c r="L23" s="44"/>
+      <c r="M23" s="44"/>
+      <c r="N23" s="44"/>
+      <c r="O23" s="44"/>
+      <c r="P23" s="44"/>
+      <c r="Q23" s="44"/>
+      <c r="R23" s="44"/>
+      <c r="S23" s="44"/>
+      <c r="T23" s="44"/>
+      <c r="U23" s="44"/>
+      <c r="V23" s="44"/>
+      <c r="W23" s="44"/>
+      <c r="X23" s="44"/>
+      <c r="Y23" s="44"/>
+      <c r="Z23" s="59"/>
     </row>
     <row r="24" spans="1:26" ht="18.75" customHeight="1">
       <c r="A24" s="4"/>
       <c r="Z24" s="5"/>
     </row>
     <row r="25" spans="1:26" ht="18.75" customHeight="1">
       <c r="A25" s="4"/>
       <c r="Z25" s="5"/>
     </row>
     <row r="26" spans="1:26" ht="18.75" customHeight="1">
       <c r="A26" s="4"/>
       <c r="Z26" s="5"/>
     </row>
     <row r="27" spans="1:26" ht="18.75" customHeight="1">
       <c r="A27" s="4"/>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="Z27" s="5"/>
     </row>
     <row r="28" spans="1:26" ht="18.75" customHeight="1">
       <c r="A28" s="4"/>
       <c r="Z28" s="5"/>
     </row>
     <row r="29" spans="1:26" ht="18.75" customHeight="1">
       <c r="A29" s="4"/>
       <c r="Z29" s="5"/>
     </row>
     <row r="30" spans="1:26" ht="18.75" customHeight="1">
       <c r="A30" s="4"/>
       <c r="Z30" s="5"/>
     </row>
     <row r="31" spans="1:26" ht="18.75" customHeight="1">
       <c r="A31" s="4"/>
-      <c r="K31" s="34" t="s">
+      <c r="K31" s="71" t="s">
         <v>55</v>
       </c>
-      <c r="L31" s="34"/>
-[...3 lines deleted...]
-      <c r="P31" s="34" t="s">
+      <c r="L31" s="71"/>
+      <c r="M31" s="71"/>
+      <c r="N31" s="71"/>
+      <c r="O31" s="71"/>
+      <c r="P31" s="71" t="s">
         <v>56</v>
       </c>
-      <c r="Q31" s="34"/>
-[...1 lines deleted...]
-      <c r="S31" s="35" t="s">
+      <c r="Q31" s="71"/>
+      <c r="R31" s="71"/>
+      <c r="S31" s="72" t="s">
         <v>57</v>
       </c>
-      <c r="T31" s="35"/>
-[...5 lines deleted...]
-      <c r="Z31" s="35"/>
+      <c r="T31" s="72"/>
+      <c r="U31" s="72"/>
+      <c r="V31" s="72"/>
+      <c r="W31" s="72"/>
+      <c r="X31" s="72"/>
+      <c r="Y31" s="72"/>
+      <c r="Z31" s="72"/>
     </row>
     <row r="32" spans="1:26" ht="18.75" customHeight="1">
       <c r="A32" s="4"/>
-      <c r="K32" s="34"/>
-[...14 lines deleted...]
-      <c r="Z32" s="35"/>
+      <c r="K32" s="71"/>
+      <c r="L32" s="71"/>
+      <c r="M32" s="71"/>
+      <c r="N32" s="71"/>
+      <c r="O32" s="71"/>
+      <c r="P32" s="71"/>
+      <c r="Q32" s="71"/>
+      <c r="R32" s="71"/>
+      <c r="S32" s="72"/>
+      <c r="T32" s="72"/>
+      <c r="U32" s="72"/>
+      <c r="V32" s="72"/>
+      <c r="W32" s="72"/>
+      <c r="X32" s="72"/>
+      <c r="Y32" s="72"/>
+      <c r="Z32" s="72"/>
     </row>
     <row r="33" spans="1:26" ht="18.75" customHeight="1">
       <c r="A33" s="4"/>
-      <c r="K33" s="34"/>
-[...14 lines deleted...]
-      <c r="Z33" s="34"/>
+      <c r="K33" s="71"/>
+      <c r="L33" s="71"/>
+      <c r="M33" s="71"/>
+      <c r="N33" s="71"/>
+      <c r="O33" s="71"/>
+      <c r="P33" s="71"/>
+      <c r="Q33" s="71"/>
+      <c r="R33" s="71"/>
+      <c r="S33" s="71"/>
+      <c r="T33" s="71"/>
+      <c r="U33" s="71"/>
+      <c r="V33" s="71"/>
+      <c r="W33" s="71"/>
+      <c r="X33" s="71"/>
+      <c r="Y33" s="71"/>
+      <c r="Z33" s="71"/>
     </row>
     <row r="34" spans="1:26" ht="18.75" customHeight="1">
       <c r="A34" s="4"/>
-      <c r="K34" s="34"/>
-[...14 lines deleted...]
-      <c r="Z34" s="34"/>
+      <c r="K34" s="71"/>
+      <c r="L34" s="71"/>
+      <c r="M34" s="71"/>
+      <c r="N34" s="71"/>
+      <c r="O34" s="71"/>
+      <c r="P34" s="71"/>
+      <c r="Q34" s="71"/>
+      <c r="R34" s="71"/>
+      <c r="S34" s="71"/>
+      <c r="T34" s="71"/>
+      <c r="U34" s="71"/>
+      <c r="V34" s="71"/>
+      <c r="W34" s="71"/>
+      <c r="X34" s="71"/>
+      <c r="Y34" s="71"/>
+      <c r="Z34" s="71"/>
     </row>
     <row r="35" spans="1:26" ht="18.75" customHeight="1">
       <c r="A35" s="10"/>
       <c r="B35" s="11"/>
       <c r="C35" s="11"/>
       <c r="D35" s="11"/>
       <c r="E35" s="11"/>
       <c r="F35" s="11"/>
       <c r="G35" s="11"/>
       <c r="H35" s="11"/>
       <c r="I35" s="11"/>
       <c r="J35" s="11"/>
       <c r="K35" s="11"/>
       <c r="L35" s="11"/>
       <c r="M35" s="11"/>
       <c r="N35" s="11"/>
       <c r="O35" s="11"/>
       <c r="P35" s="11"/>
       <c r="Q35" s="11"/>
       <c r="R35" s="11"/>
       <c r="S35" s="11"/>
       <c r="T35" s="11"/>
       <c r="U35" s="11"/>
       <c r="V35" s="11"/>
       <c r="W35" s="11"/>
       <c r="X35" s="11"/>
       <c r="Y35" s="11"/>
       <c r="Z35" s="12"/>
     </row>
   </sheetData>
-  <sheetProtection selectLockedCells="1"/>
+  <sheetProtection sheet="1" selectLockedCells="1"/>
   <mergeCells count="39">
-    <mergeCell ref="Q1:T2"/>
-[...18 lines deleted...]
-    <mergeCell ref="W19:X19"/>
+    <mergeCell ref="K31:O32"/>
+    <mergeCell ref="P31:R32"/>
+    <mergeCell ref="S31:Z32"/>
+    <mergeCell ref="K33:O34"/>
+    <mergeCell ref="P33:R34"/>
+    <mergeCell ref="S33:Z34"/>
     <mergeCell ref="A23:F23"/>
     <mergeCell ref="P20:V20"/>
     <mergeCell ref="W20:X20"/>
     <mergeCell ref="L21:O21"/>
     <mergeCell ref="Q21:R21"/>
     <mergeCell ref="T21:V21"/>
     <mergeCell ref="X21:Y21"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="G22:L22"/>
     <mergeCell ref="M22:O22"/>
     <mergeCell ref="P22:V22"/>
     <mergeCell ref="W22:Y22"/>
     <mergeCell ref="G23:Z23"/>
-    <mergeCell ref="K31:O32"/>
-[...4 lines deleted...]
-    <mergeCell ref="S33:Z34"/>
+    <mergeCell ref="L18:O18"/>
+    <mergeCell ref="P18:X18"/>
+    <mergeCell ref="Y18:Z18"/>
+    <mergeCell ref="L19:O19"/>
+    <mergeCell ref="P19:V19"/>
+    <mergeCell ref="W19:X19"/>
+    <mergeCell ref="L15:O15"/>
+    <mergeCell ref="P15:Y15"/>
+    <mergeCell ref="L16:O16"/>
+    <mergeCell ref="P16:Y16"/>
+    <mergeCell ref="L17:O17"/>
+    <mergeCell ref="P17:X17"/>
+    <mergeCell ref="Y17:Z17"/>
+    <mergeCell ref="Q1:T2"/>
+    <mergeCell ref="U1:Z2"/>
+    <mergeCell ref="B2:G5"/>
+    <mergeCell ref="A7:Z7"/>
+    <mergeCell ref="Q11:R11"/>
+    <mergeCell ref="T11:U11"/>
+    <mergeCell ref="W11:X11"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <conditionalFormatting sqref="G22:L22 P22:V22 G23">
-    <cfRule type="cellIs" dxfId="11" priority="3" operator="equal">
+    <cfRule type="cellIs" dxfId="7" priority="3" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P19:V20">
-    <cfRule type="containsBlanks" dxfId="10" priority="2">
+    <cfRule type="containsBlanks" dxfId="6" priority="2">
       <formula>LEN(TRIM(P19))=0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="P15:Y16 P17:X18">
-[...8 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="Q21:R21 T21:V21 X21:Y21">
-    <cfRule type="containsBlanks" dxfId="7" priority="1">
+    <cfRule type="containsBlanks" dxfId="5" priority="1">
       <formula>LEN(TRIM(Q21))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U1">
-    <cfRule type="containsBlanks" dxfId="6" priority="6">
+    <cfRule type="containsBlanks" dxfId="4" priority="6">
       <formula>LEN(TRIM(U1))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="注意" prompt="卒業式の日付を入力してください。" sqref="Q11:R11" xr:uid="{00000000-0002-0000-0400-000000000000}"/>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="95" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"ＭＳ 明朝,標準"第１号様式（第３条－第７条、第13条関係）</oddHeader>
   </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0400-000001000000}">
           <x14:formula1>
             <xm:f>ドロップリスト!$B$4:$B$10</xm:f>
           </x14:formula1>
           <xm:sqref>G22:L22</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0400-000002000000}">
           <x14:formula1>
             <xm:f>ドロップリスト!$C$4:$C$6</xm:f>
           </x14:formula1>
           <xm:sqref>P22:V22</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0400-000003000000}">
           <x14:formula1>
             <xm:f>ドロップリスト!$D$4:$D$27</xm:f>
           </x14:formula1>
           <xm:sqref>G23</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:Z35"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A19" zoomScaleNormal="120" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="F35" sqref="F35"/>
+    <sheetView view="pageBreakPreview" zoomScaleNormal="120" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="G22" sqref="G22:L22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.5703125" defaultRowHeight="18.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="3" customWidth="1"/>
     <col min="2" max="22" width="3.5703125" style="3"/>
     <col min="23" max="23" width="3.5703125" style="3" customWidth="1"/>
     <col min="24" max="16384" width="3.5703125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="18.75" customHeight="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
-      <c r="Q1" s="57" t="s">
+      <c r="Q1" s="38" t="s">
         <v>31</v>
       </c>
-      <c r="R1" s="57"/>
-[...2 lines deleted...]
-      <c r="U1" s="76">
+      <c r="R1" s="38"/>
+      <c r="S1" s="38"/>
+      <c r="T1" s="38"/>
+      <c r="U1" s="78">
         <f>申請書①!U1</f>
         <v>0</v>
       </c>
-      <c r="V1" s="77"/>
-[...3 lines deleted...]
-      <c r="Z1" s="78"/>
+      <c r="V1" s="79"/>
+      <c r="W1" s="79"/>
+      <c r="X1" s="79"/>
+      <c r="Y1" s="79"/>
+      <c r="Z1" s="80"/>
     </row>
     <row r="2" spans="1:26" ht="18.75" customHeight="1">
       <c r="A2" s="4"/>
-      <c r="B2" s="66" t="s">
+      <c r="B2" s="51" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="57"/>
-[...13 lines deleted...]
-      <c r="Z2" s="79"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="52"/>
+      <c r="Q2" s="39"/>
+      <c r="R2" s="39"/>
+      <c r="S2" s="39"/>
+      <c r="T2" s="39"/>
+      <c r="U2" s="81"/>
+      <c r="V2" s="81"/>
+      <c r="W2" s="81"/>
+      <c r="X2" s="81"/>
+      <c r="Y2" s="81"/>
+      <c r="Z2" s="82"/>
     </row>
     <row r="3" spans="1:26" ht="18.75" customHeight="1">
       <c r="A3" s="4"/>
-      <c r="B3" s="68"/>
-[...4 lines deleted...]
-      <c r="G3" s="69"/>
+      <c r="B3" s="53"/>
+      <c r="C3" s="39"/>
+      <c r="D3" s="39"/>
+      <c r="E3" s="39"/>
+      <c r="F3" s="39"/>
+      <c r="G3" s="54"/>
       <c r="Z3" s="5"/>
     </row>
     <row r="4" spans="1:26" ht="18.75" customHeight="1">
       <c r="A4" s="4"/>
-      <c r="B4" s="68"/>
-[...4 lines deleted...]
-      <c r="G4" s="69"/>
+      <c r="B4" s="53"/>
+      <c r="C4" s="39"/>
+      <c r="D4" s="39"/>
+      <c r="E4" s="39"/>
+      <c r="F4" s="39"/>
+      <c r="G4" s="54"/>
       <c r="Z4" s="5"/>
     </row>
     <row r="5" spans="1:26" ht="18.75" customHeight="1">
       <c r="A5" s="4"/>
-      <c r="B5" s="70"/>
-[...4 lines deleted...]
-      <c r="G5" s="72"/>
+      <c r="B5" s="55"/>
+      <c r="C5" s="56"/>
+      <c r="D5" s="56"/>
+      <c r="E5" s="56"/>
+      <c r="F5" s="56"/>
+      <c r="G5" s="57"/>
       <c r="Z5" s="5"/>
     </row>
     <row r="6" spans="1:26" ht="18.75" customHeight="1">
       <c r="A6" s="4"/>
       <c r="Z6" s="5"/>
     </row>
     <row r="7" spans="1:26" ht="18.75" customHeight="1">
-      <c r="A7" s="80" t="s">
+      <c r="A7" s="83" t="s">
         <v>11</v>
       </c>
-      <c r="B7" s="81"/>
-[...23 lines deleted...]
-      <c r="Z7" s="82"/>
+      <c r="B7" s="84"/>
+      <c r="C7" s="84"/>
+      <c r="D7" s="84"/>
+      <c r="E7" s="84"/>
+      <c r="F7" s="84"/>
+      <c r="G7" s="84"/>
+      <c r="H7" s="84"/>
+      <c r="I7" s="84"/>
+      <c r="J7" s="84"/>
+      <c r="K7" s="84"/>
+      <c r="L7" s="84"/>
+      <c r="M7" s="84"/>
+      <c r="N7" s="84"/>
+      <c r="O7" s="84"/>
+      <c r="P7" s="84"/>
+      <c r="Q7" s="84"/>
+      <c r="R7" s="84"/>
+      <c r="S7" s="84"/>
+      <c r="T7" s="84"/>
+      <c r="U7" s="84"/>
+      <c r="V7" s="84"/>
+      <c r="W7" s="84"/>
+      <c r="X7" s="84"/>
+      <c r="Y7" s="84"/>
+      <c r="Z7" s="85"/>
     </row>
     <row r="8" spans="1:26" ht="18.75" customHeight="1">
       <c r="A8" s="4"/>
       <c r="Z8" s="5"/>
     </row>
     <row r="9" spans="1:26" ht="18.75" customHeight="1">
       <c r="A9" s="4"/>
       <c r="Z9" s="5"/>
     </row>
     <row r="10" spans="1:26" ht="18.75" customHeight="1">
       <c r="A10" s="4"/>
       <c r="Z10" s="5"/>
     </row>
     <row r="11" spans="1:26" ht="18.75" customHeight="1">
       <c r="A11" s="4"/>
       <c r="O11" s="6" t="s">
         <v>100</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="Q11" s="74"/>
-      <c r="R11" s="74"/>
+      <c r="Q11" s="81">
+        <f>申請書①!Q11</f>
+        <v>0</v>
+      </c>
+      <c r="R11" s="81"/>
       <c r="S11" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="T11" s="74">
+      <c r="T11" s="81">
         <f>申請書①!T11</f>
         <v>0</v>
       </c>
-      <c r="U11" s="74"/>
+      <c r="U11" s="81"/>
       <c r="V11" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="W11" s="74">
+      <c r="W11" s="81">
         <f>申請書①!W11</f>
         <v>0</v>
       </c>
-      <c r="X11" s="74"/>
+      <c r="X11" s="81"/>
       <c r="Y11" s="6" t="s">
         <v>1</v>
       </c>
       <c r="Z11" s="5"/>
     </row>
     <row r="12" spans="1:26" ht="18.75" customHeight="1">
       <c r="A12" s="4"/>
       <c r="Z12" s="5"/>
     </row>
     <row r="13" spans="1:26" ht="18.75" customHeight="1">
       <c r="A13" s="4"/>
       <c r="B13" s="3" t="s">
         <v>3</v>
       </c>
       <c r="Z13" s="5"/>
     </row>
     <row r="14" spans="1:26" ht="18.75" customHeight="1">
       <c r="A14" s="4"/>
       <c r="Z14" s="5"/>
     </row>
     <row r="15" spans="1:26" ht="22.5" customHeight="1">
       <c r="A15" s="4"/>
-      <c r="L15" s="46" t="s">
+      <c r="L15" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="M15" s="46"/>
-[...2 lines deleted...]
-      <c r="P15" s="83">
+      <c r="M15" s="39"/>
+      <c r="N15" s="39"/>
+      <c r="O15" s="39"/>
+      <c r="P15" s="75">
         <f>申請書①!P15</f>
         <v>0</v>
       </c>
-      <c r="Q15" s="83"/>
-[...7 lines deleted...]
-      <c r="Y15" s="83"/>
+      <c r="Q15" s="75"/>
+      <c r="R15" s="75"/>
+      <c r="S15" s="75"/>
+      <c r="T15" s="75"/>
+      <c r="U15" s="75"/>
+      <c r="V15" s="75"/>
+      <c r="W15" s="75"/>
+      <c r="X15" s="75"/>
+      <c r="Y15" s="75"/>
       <c r="Z15" s="5"/>
     </row>
     <row r="16" spans="1:26" ht="54" customHeight="1">
       <c r="A16" s="4"/>
-      <c r="L16" s="46" t="s">
+      <c r="L16" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="M16" s="46"/>
-[...2 lines deleted...]
-      <c r="P16" s="84">
+      <c r="M16" s="39"/>
+      <c r="N16" s="39"/>
+      <c r="O16" s="39"/>
+      <c r="P16" s="76">
         <f>申請書①!P16</f>
         <v>0</v>
       </c>
-      <c r="Q16" s="84"/>
-[...7 lines deleted...]
-      <c r="Y16" s="84"/>
+      <c r="Q16" s="76"/>
+      <c r="R16" s="76"/>
+      <c r="S16" s="76"/>
+      <c r="T16" s="76"/>
+      <c r="U16" s="76"/>
+      <c r="V16" s="76"/>
+      <c r="W16" s="76"/>
+      <c r="X16" s="76"/>
+      <c r="Y16" s="76"/>
       <c r="Z16" s="5"/>
     </row>
     <row r="17" spans="1:26" ht="18.75" customHeight="1">
       <c r="A17" s="4"/>
-      <c r="L17" s="65" t="s">
+      <c r="L17" s="50" t="s">
         <v>6</v>
       </c>
-      <c r="M17" s="65"/>
-[...2 lines deleted...]
-      <c r="P17" s="85" t="str">
+      <c r="M17" s="50"/>
+      <c r="N17" s="50"/>
+      <c r="O17" s="50"/>
+      <c r="P17" s="74" t="str">
         <f>申請書①!P17</f>
         <v/>
       </c>
-      <c r="Q17" s="85"/>
-[...8 lines deleted...]
-      <c r="Z17" s="86"/>
+      <c r="Q17" s="74"/>
+      <c r="R17" s="74"/>
+      <c r="S17" s="74"/>
+      <c r="T17" s="74"/>
+      <c r="U17" s="74"/>
+      <c r="V17" s="74"/>
+      <c r="W17" s="74"/>
+      <c r="X17" s="74"/>
+      <c r="Y17" s="74"/>
+      <c r="Z17" s="77"/>
     </row>
     <row r="18" spans="1:26" ht="30" customHeight="1">
       <c r="A18" s="4"/>
-      <c r="L18" s="46" t="s">
+      <c r="L18" s="39" t="s">
         <v>7</v>
       </c>
-      <c r="M18" s="46"/>
-[...2 lines deleted...]
-      <c r="P18" s="74">
+      <c r="M18" s="39"/>
+      <c r="N18" s="39"/>
+      <c r="O18" s="39"/>
+      <c r="P18" s="81">
         <f>申請書①!P18</f>
         <v>0</v>
       </c>
-      <c r="Q18" s="74"/>
-[...8 lines deleted...]
-      <c r="Z18" s="73"/>
+      <c r="Q18" s="81"/>
+      <c r="R18" s="81"/>
+      <c r="S18" s="81"/>
+      <c r="T18" s="81"/>
+      <c r="U18" s="81"/>
+      <c r="V18" s="81"/>
+      <c r="W18" s="81"/>
+      <c r="X18" s="81"/>
+      <c r="Y18" s="66"/>
+      <c r="Z18" s="86"/>
     </row>
     <row r="19" spans="1:26" ht="31.5" customHeight="1">
       <c r="A19" s="4"/>
-      <c r="L19" s="46" t="s">
+      <c r="L19" s="39" t="s">
         <v>8</v>
       </c>
-      <c r="M19" s="46"/>
-[...2 lines deleted...]
-      <c r="P19" s="63">
+      <c r="M19" s="39"/>
+      <c r="N19" s="39"/>
+      <c r="O19" s="39"/>
+      <c r="P19" s="48">
         <f>IF(P20="","",P20)</f>
         <v>0</v>
       </c>
-      <c r="Q19" s="63"/>
-[...5 lines deleted...]
-      <c r="W19" s="51" t="s">
+      <c r="Q19" s="48"/>
+      <c r="R19" s="48"/>
+      <c r="S19" s="48"/>
+      <c r="T19" s="48"/>
+      <c r="U19" s="48"/>
+      <c r="V19" s="48"/>
+      <c r="W19" s="40" t="s">
         <v>14</v>
       </c>
-      <c r="X19" s="51"/>
+      <c r="X19" s="40"/>
       <c r="Y19" s="7"/>
       <c r="Z19" s="5"/>
     </row>
     <row r="20" spans="1:26" ht="22.5" customHeight="1">
       <c r="A20" s="4"/>
-      <c r="P20" s="75">
+      <c r="P20" s="87">
         <f>申請書①!P20</f>
         <v>0</v>
       </c>
-      <c r="Q20" s="75"/>
-[...5 lines deleted...]
-      <c r="W20" s="51" t="s">
+      <c r="Q20" s="87"/>
+      <c r="R20" s="87"/>
+      <c r="S20" s="87"/>
+      <c r="T20" s="87"/>
+      <c r="U20" s="87"/>
+      <c r="V20" s="87"/>
+      <c r="W20" s="40" t="s">
         <v>14</v>
       </c>
-      <c r="X20" s="51"/>
+      <c r="X20" s="40"/>
       <c r="Z20" s="5"/>
     </row>
     <row r="21" spans="1:26" ht="26.25" customHeight="1">
       <c r="A21" s="4"/>
-      <c r="L21" s="46" t="s">
+      <c r="L21" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="M21" s="46"/>
-[...1 lines deleted...]
-      <c r="O21" s="46"/>
+      <c r="M21" s="39"/>
+      <c r="N21" s="39"/>
+      <c r="O21" s="39"/>
       <c r="P21" s="8"/>
-      <c r="Q21" s="87">
+      <c r="Q21" s="73">
         <f>申請書①!Q21</f>
         <v>0</v>
       </c>
-      <c r="R21" s="85"/>
+      <c r="R21" s="74"/>
       <c r="S21" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="T21" s="87">
+      <c r="T21" s="73">
         <f>申請書①!T21</f>
         <v>0</v>
       </c>
-      <c r="U21" s="85"/>
-      <c r="V21" s="85"/>
+      <c r="U21" s="74"/>
+      <c r="V21" s="74"/>
       <c r="W21" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="X21" s="87">
+      <c r="X21" s="73">
         <f>申請書①!X21</f>
         <v>0</v>
       </c>
-      <c r="Y21" s="85"/>
+      <c r="Y21" s="74"/>
       <c r="Z21" s="5"/>
     </row>
     <row r="22" spans="1:26" ht="39.75" customHeight="1">
-      <c r="A22" s="58" t="s">
+      <c r="A22" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="B22" s="61"/>
-[...10 lines deleted...]
-      <c r="M22" s="36" t="s">
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="47"/>
+      <c r="G22" s="44"/>
+      <c r="H22" s="44"/>
+      <c r="I22" s="44"/>
+      <c r="J22" s="44"/>
+      <c r="K22" s="44"/>
+      <c r="L22" s="44"/>
+      <c r="M22" s="45" t="s">
         <v>12</v>
       </c>
-      <c r="N22" s="36"/>
-[...8 lines deleted...]
-      <c r="W22" s="36" t="s">
+      <c r="N22" s="45"/>
+      <c r="O22" s="45"/>
+      <c r="P22" s="44"/>
+      <c r="Q22" s="44"/>
+      <c r="R22" s="44"/>
+      <c r="S22" s="44"/>
+      <c r="T22" s="44"/>
+      <c r="U22" s="44"/>
+      <c r="V22" s="44"/>
+      <c r="W22" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="X22" s="36"/>
-      <c r="Y22" s="36"/>
+      <c r="X22" s="45"/>
+      <c r="Y22" s="45"/>
       <c r="Z22" s="9"/>
     </row>
     <row r="23" spans="1:26" ht="58.5" customHeight="1">
-      <c r="A23" s="58" t="s">
-[...26 lines deleted...]
-      <c r="Z23" s="39"/>
+      <c r="A23" s="41" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23" s="42"/>
+      <c r="C23" s="42"/>
+      <c r="D23" s="42"/>
+      <c r="E23" s="42"/>
+      <c r="F23" s="43"/>
+      <c r="G23" s="58"/>
+      <c r="H23" s="44"/>
+      <c r="I23" s="44"/>
+      <c r="J23" s="44"/>
+      <c r="K23" s="44"/>
+      <c r="L23" s="44"/>
+      <c r="M23" s="44"/>
+      <c r="N23" s="44"/>
+      <c r="O23" s="44"/>
+      <c r="P23" s="44"/>
+      <c r="Q23" s="44"/>
+      <c r="R23" s="44"/>
+      <c r="S23" s="44"/>
+      <c r="T23" s="44"/>
+      <c r="U23" s="44"/>
+      <c r="V23" s="44"/>
+      <c r="W23" s="44"/>
+      <c r="X23" s="44"/>
+      <c r="Y23" s="44"/>
+      <c r="Z23" s="59"/>
     </row>
     <row r="24" spans="1:26" ht="18.75" customHeight="1">
       <c r="A24" s="4"/>
       <c r="Z24" s="5"/>
     </row>
     <row r="25" spans="1:26" ht="18.75" customHeight="1">
       <c r="A25" s="4"/>
       <c r="Z25" s="5"/>
     </row>
     <row r="26" spans="1:26" ht="18.75" customHeight="1">
       <c r="A26" s="4"/>
       <c r="Z26" s="5"/>
     </row>
     <row r="27" spans="1:26" ht="18.75" customHeight="1">
       <c r="A27" s="4"/>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="Z27" s="5"/>
     </row>
     <row r="28" spans="1:26" ht="18.75" customHeight="1">
       <c r="A28" s="4"/>
       <c r="Z28" s="5"/>
     </row>
     <row r="29" spans="1:26" ht="18.75" customHeight="1">
       <c r="A29" s="4"/>
       <c r="Z29" s="5"/>
     </row>
     <row r="30" spans="1:26" ht="18.75" customHeight="1">
       <c r="A30" s="4"/>
       <c r="Z30" s="5"/>
     </row>
     <row r="31" spans="1:26" ht="18.75" customHeight="1">
       <c r="A31" s="4"/>
-      <c r="K31" s="34" t="s">
+      <c r="K31" s="71" t="s">
         <v>55</v>
       </c>
-      <c r="L31" s="34"/>
-[...3 lines deleted...]
-      <c r="P31" s="34" t="s">
+      <c r="L31" s="71"/>
+      <c r="M31" s="71"/>
+      <c r="N31" s="71"/>
+      <c r="O31" s="71"/>
+      <c r="P31" s="71" t="s">
         <v>56</v>
       </c>
-      <c r="Q31" s="34"/>
-[...1 lines deleted...]
-      <c r="S31" s="35" t="s">
+      <c r="Q31" s="71"/>
+      <c r="R31" s="71"/>
+      <c r="S31" s="72" t="s">
         <v>57</v>
       </c>
-      <c r="T31" s="35"/>
-[...5 lines deleted...]
-      <c r="Z31" s="35"/>
+      <c r="T31" s="72"/>
+      <c r="U31" s="72"/>
+      <c r="V31" s="72"/>
+      <c r="W31" s="72"/>
+      <c r="X31" s="72"/>
+      <c r="Y31" s="72"/>
+      <c r="Z31" s="72"/>
     </row>
     <row r="32" spans="1:26" ht="18.75" customHeight="1">
       <c r="A32" s="4"/>
-      <c r="K32" s="34"/>
-[...14 lines deleted...]
-      <c r="Z32" s="35"/>
+      <c r="K32" s="71"/>
+      <c r="L32" s="71"/>
+      <c r="M32" s="71"/>
+      <c r="N32" s="71"/>
+      <c r="O32" s="71"/>
+      <c r="P32" s="71"/>
+      <c r="Q32" s="71"/>
+      <c r="R32" s="71"/>
+      <c r="S32" s="72"/>
+      <c r="T32" s="72"/>
+      <c r="U32" s="72"/>
+      <c r="V32" s="72"/>
+      <c r="W32" s="72"/>
+      <c r="X32" s="72"/>
+      <c r="Y32" s="72"/>
+      <c r="Z32" s="72"/>
     </row>
     <row r="33" spans="1:26" ht="18.75" customHeight="1">
       <c r="A33" s="4"/>
-      <c r="K33" s="34"/>
-[...14 lines deleted...]
-      <c r="Z33" s="34"/>
+      <c r="K33" s="71"/>
+      <c r="L33" s="71"/>
+      <c r="M33" s="71"/>
+      <c r="N33" s="71"/>
+      <c r="O33" s="71"/>
+      <c r="P33" s="71"/>
+      <c r="Q33" s="71"/>
+      <c r="R33" s="71"/>
+      <c r="S33" s="71"/>
+      <c r="T33" s="71"/>
+      <c r="U33" s="71"/>
+      <c r="V33" s="71"/>
+      <c r="W33" s="71"/>
+      <c r="X33" s="71"/>
+      <c r="Y33" s="71"/>
+      <c r="Z33" s="71"/>
     </row>
     <row r="34" spans="1:26" ht="18.75" customHeight="1">
       <c r="A34" s="4"/>
-      <c r="K34" s="34"/>
-[...14 lines deleted...]
-      <c r="Z34" s="34"/>
+      <c r="K34" s="71"/>
+      <c r="L34" s="71"/>
+      <c r="M34" s="71"/>
+      <c r="N34" s="71"/>
+      <c r="O34" s="71"/>
+      <c r="P34" s="71"/>
+      <c r="Q34" s="71"/>
+      <c r="R34" s="71"/>
+      <c r="S34" s="71"/>
+      <c r="T34" s="71"/>
+      <c r="U34" s="71"/>
+      <c r="V34" s="71"/>
+      <c r="W34" s="71"/>
+      <c r="X34" s="71"/>
+      <c r="Y34" s="71"/>
+      <c r="Z34" s="71"/>
     </row>
     <row r="35" spans="1:26" ht="18.75" customHeight="1">
       <c r="A35" s="10"/>
       <c r="B35" s="11"/>
       <c r="C35" s="11"/>
       <c r="D35" s="11"/>
       <c r="E35" s="11"/>
       <c r="F35" s="11"/>
       <c r="G35" s="11"/>
       <c r="H35" s="11"/>
       <c r="I35" s="11"/>
       <c r="J35" s="11"/>
       <c r="K35" s="11"/>
       <c r="L35" s="11"/>
       <c r="M35" s="11"/>
       <c r="N35" s="11"/>
       <c r="O35" s="11"/>
       <c r="P35" s="11"/>
       <c r="Q35" s="11"/>
       <c r="R35" s="11"/>
       <c r="S35" s="11"/>
       <c r="T35" s="11"/>
       <c r="U35" s="11"/>
       <c r="V35" s="11"/>
       <c r="W35" s="11"/>
       <c r="X35" s="11"/>
       <c r="Y35" s="11"/>
       <c r="Z35" s="12"/>
     </row>
   </sheetData>
-  <sheetProtection selectLockedCells="1"/>
+  <sheetProtection sheet="1" selectLockedCells="1"/>
   <mergeCells count="39">
-    <mergeCell ref="Q1:T2"/>
-[...18 lines deleted...]
-    <mergeCell ref="W19:X19"/>
+    <mergeCell ref="K31:O32"/>
+    <mergeCell ref="P31:R32"/>
+    <mergeCell ref="S31:Z32"/>
+    <mergeCell ref="K33:O34"/>
+    <mergeCell ref="P33:R34"/>
+    <mergeCell ref="S33:Z34"/>
     <mergeCell ref="A23:F23"/>
     <mergeCell ref="P20:V20"/>
     <mergeCell ref="W20:X20"/>
     <mergeCell ref="L21:O21"/>
     <mergeCell ref="Q21:R21"/>
     <mergeCell ref="T21:V21"/>
     <mergeCell ref="X21:Y21"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="G22:L22"/>
     <mergeCell ref="M22:O22"/>
     <mergeCell ref="P22:V22"/>
     <mergeCell ref="W22:Y22"/>
     <mergeCell ref="G23:Z23"/>
-    <mergeCell ref="K31:O32"/>
-[...4 lines deleted...]
-    <mergeCell ref="S33:Z34"/>
+    <mergeCell ref="L18:O18"/>
+    <mergeCell ref="P18:X18"/>
+    <mergeCell ref="Y18:Z18"/>
+    <mergeCell ref="L19:O19"/>
+    <mergeCell ref="P19:V19"/>
+    <mergeCell ref="W19:X19"/>
+    <mergeCell ref="L15:O15"/>
+    <mergeCell ref="P15:Y15"/>
+    <mergeCell ref="L16:O16"/>
+    <mergeCell ref="P16:Y16"/>
+    <mergeCell ref="L17:O17"/>
+    <mergeCell ref="P17:X17"/>
+    <mergeCell ref="Y17:Z17"/>
+    <mergeCell ref="Q1:T2"/>
+    <mergeCell ref="U1:Z2"/>
+    <mergeCell ref="B2:G5"/>
+    <mergeCell ref="A7:Z7"/>
+    <mergeCell ref="Q11:R11"/>
+    <mergeCell ref="T11:U11"/>
+    <mergeCell ref="W11:X11"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <conditionalFormatting sqref="G22:L22 P22:V22 G23">
-    <cfRule type="cellIs" dxfId="5" priority="3" operator="equal">
+    <cfRule type="cellIs" dxfId="3" priority="3" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P19:V20">
-    <cfRule type="containsBlanks" dxfId="4" priority="2">
+    <cfRule type="containsBlanks" dxfId="2" priority="2">
       <formula>LEN(TRIM(P19))=0</formula>
-    </cfRule>
-[...8 lines deleted...]
-      <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Q21:R21 T21:V21 X21:Y21">
     <cfRule type="containsBlanks" dxfId="1" priority="1">
       <formula>LEN(TRIM(Q21))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U1">
     <cfRule type="containsBlanks" dxfId="0" priority="6">
       <formula>LEN(TRIM(U1))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="注意" prompt="卒業式の日付を入力してください。" sqref="Q11:R11" xr:uid="{00000000-0002-0000-0500-000000000000}"/>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="95" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"ＭＳ 明朝,標準"第１号様式（第３条－第７条、第13条関係）</oddHeader>
   </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0500-000001000000}">
@@ -6850,1085 +6716,1085 @@
           <xm:sqref>G23</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0500-000002000000}">
           <x14:formula1>
             <xm:f>ドロップリスト!$C$4:$C$6</xm:f>
           </x14:formula1>
           <xm:sqref>P22:V22</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0500-000003000000}">
           <x14:formula1>
             <xm:f>ドロップリスト!$B$4:$B$10</xm:f>
           </x14:formula1>
           <xm:sqref>G22:L22</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:Z38"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="W12" sqref="W12:Z12"/>
+      <selection activeCell="E3" sqref="E3:M3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.5703125" defaultRowHeight="18.75" customHeight="1"/>
   <sheetData>
     <row r="1" spans="1:26" ht="41.25" customHeight="1" thickBot="1">
-      <c r="A1" s="103" t="s">
+      <c r="A1" s="94" t="s">
         <v>70</v>
       </c>
-      <c r="B1" s="103"/>
-[...23 lines deleted...]
-      <c r="Z1" s="103"/>
+      <c r="B1" s="94"/>
+      <c r="C1" s="94"/>
+      <c r="D1" s="94"/>
+      <c r="E1" s="94"/>
+      <c r="F1" s="94"/>
+      <c r="G1" s="94"/>
+      <c r="H1" s="94"/>
+      <c r="I1" s="94"/>
+      <c r="J1" s="94"/>
+      <c r="K1" s="94"/>
+      <c r="L1" s="94"/>
+      <c r="M1" s="94"/>
+      <c r="N1" s="94"/>
+      <c r="O1" s="94"/>
+      <c r="P1" s="94"/>
+      <c r="Q1" s="94"/>
+      <c r="R1" s="94"/>
+      <c r="S1" s="94"/>
+      <c r="T1" s="94"/>
+      <c r="U1" s="94"/>
+      <c r="V1" s="94"/>
+      <c r="W1" s="94"/>
+      <c r="X1" s="94"/>
+      <c r="Y1" s="94"/>
+      <c r="Z1" s="94"/>
     </row>
     <row r="2" spans="1:26" ht="27.75" customHeight="1" thickTop="1">
-      <c r="A2" s="104" t="s">
+      <c r="A2" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="B2" s="104"/>
-[...2 lines deleted...]
-      <c r="E2" s="105">
+      <c r="B2" s="95"/>
+      <c r="C2" s="95"/>
+      <c r="D2" s="95"/>
+      <c r="E2" s="96">
         <f>申請書①!P18</f>
         <v>0</v>
       </c>
-      <c r="F2" s="105"/>
-[...7 lines deleted...]
-      <c r="N2" s="104" t="s">
+      <c r="F2" s="96"/>
+      <c r="G2" s="96"/>
+      <c r="H2" s="96"/>
+      <c r="I2" s="96"/>
+      <c r="J2" s="96"/>
+      <c r="K2" s="96"/>
+      <c r="L2" s="96"/>
+      <c r="M2" s="96"/>
+      <c r="N2" s="95" t="s">
         <v>61</v>
       </c>
-      <c r="O2" s="104"/>
-[...10 lines deleted...]
-      <c r="Z2" s="106"/>
+      <c r="O2" s="95"/>
+      <c r="P2" s="95"/>
+      <c r="Q2" s="95"/>
+      <c r="R2" s="97"/>
+      <c r="S2" s="97"/>
+      <c r="T2" s="97"/>
+      <c r="U2" s="97"/>
+      <c r="V2" s="97"/>
+      <c r="W2" s="97"/>
+      <c r="X2" s="97"/>
+      <c r="Y2" s="97"/>
+      <c r="Z2" s="97"/>
     </row>
     <row r="3" spans="1:26" ht="27.75" customHeight="1">
-      <c r="A3" s="107" t="s">
+      <c r="A3" s="88" t="s">
         <v>62</v>
       </c>
-      <c r="B3" s="107"/>
-[...11 lines deleted...]
-      <c r="N3" s="107" t="s">
+      <c r="B3" s="88"/>
+      <c r="C3" s="88"/>
+      <c r="D3" s="88"/>
+      <c r="E3" s="89"/>
+      <c r="F3" s="89"/>
+      <c r="G3" s="89"/>
+      <c r="H3" s="89"/>
+      <c r="I3" s="89"/>
+      <c r="J3" s="89"/>
+      <c r="K3" s="89"/>
+      <c r="L3" s="89"/>
+      <c r="M3" s="89"/>
+      <c r="N3" s="88" t="s">
         <v>63</v>
       </c>
-      <c r="O3" s="107"/>
-[...10 lines deleted...]
-      <c r="Z3" s="109"/>
+      <c r="O3" s="88"/>
+      <c r="P3" s="88"/>
+      <c r="Q3" s="88"/>
+      <c r="R3" s="89"/>
+      <c r="S3" s="89"/>
+      <c r="T3" s="89"/>
+      <c r="U3" s="89"/>
+      <c r="V3" s="89"/>
+      <c r="W3" s="89"/>
+      <c r="X3" s="89"/>
+      <c r="Y3" s="89"/>
+      <c r="Z3" s="89"/>
     </row>
     <row r="4" spans="1:26" ht="27.75" customHeight="1">
-      <c r="A4" s="107" t="s">
+      <c r="A4" s="88" t="s">
         <v>5</v>
       </c>
-      <c r="B4" s="107"/>
-[...2 lines deleted...]
-      <c r="E4" s="110">
+      <c r="B4" s="88"/>
+      <c r="C4" s="88"/>
+      <c r="D4" s="88"/>
+      <c r="E4" s="90">
         <f>申請書①!P16</f>
         <v>0</v>
       </c>
-      <c r="F4" s="111"/>
-[...7 lines deleted...]
-      <c r="N4" s="107" t="s">
+      <c r="F4" s="91"/>
+      <c r="G4" s="91"/>
+      <c r="H4" s="91"/>
+      <c r="I4" s="91"/>
+      <c r="J4" s="91"/>
+      <c r="K4" s="91"/>
+      <c r="L4" s="91"/>
+      <c r="M4" s="92"/>
+      <c r="N4" s="88" t="s">
         <v>64</v>
       </c>
-      <c r="O4" s="107"/>
-[...2 lines deleted...]
-      <c r="R4" s="113" t="str">
+      <c r="O4" s="88"/>
+      <c r="P4" s="88"/>
+      <c r="Q4" s="88"/>
+      <c r="R4" s="93" t="str">
         <f>申請書①!P19</f>
         <v/>
       </c>
-      <c r="S4" s="113"/>
-[...6 lines deleted...]
-      <c r="Z4" s="113"/>
+      <c r="S4" s="93"/>
+      <c r="T4" s="93"/>
+      <c r="U4" s="93"/>
+      <c r="V4" s="93"/>
+      <c r="W4" s="93"/>
+      <c r="X4" s="93"/>
+      <c r="Y4" s="93"/>
+      <c r="Z4" s="93"/>
     </row>
     <row r="5" spans="1:26" ht="27.75" customHeight="1" thickBot="1">
-      <c r="A5" s="102" t="s">
+      <c r="A5" s="99" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="102"/>
-[...2 lines deleted...]
-      <c r="E5" s="101">
+      <c r="B5" s="99"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
+      <c r="E5" s="98">
         <f>申請書①!P15</f>
         <v>0</v>
       </c>
-      <c r="F5" s="101"/>
-[...7 lines deleted...]
-      <c r="N5" s="102" t="s">
+      <c r="F5" s="98"/>
+      <c r="G5" s="98"/>
+      <c r="H5" s="98"/>
+      <c r="I5" s="98"/>
+      <c r="J5" s="98"/>
+      <c r="K5" s="98"/>
+      <c r="L5" s="98"/>
+      <c r="M5" s="98"/>
+      <c r="N5" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="O5" s="102"/>
-[...2 lines deleted...]
-      <c r="R5" s="101" t="str">
+      <c r="O5" s="99"/>
+      <c r="P5" s="99"/>
+      <c r="Q5" s="99"/>
+      <c r="R5" s="98" t="str">
         <f>申請書①!Q21&amp;申請書①!S21&amp;申請書①!T21&amp;申請書①!W21&amp;申請書①!X21</f>
         <v>－－</v>
       </c>
-      <c r="S5" s="101"/>
-[...6 lines deleted...]
-      <c r="Z5" s="101"/>
+      <c r="S5" s="98"/>
+      <c r="T5" s="98"/>
+      <c r="U5" s="98"/>
+      <c r="V5" s="98"/>
+      <c r="W5" s="98"/>
+      <c r="X5" s="98"/>
+      <c r="Y5" s="98"/>
+      <c r="Z5" s="98"/>
     </row>
     <row r="6" spans="1:26" ht="30" customHeight="1" thickTop="1">
-      <c r="A6" s="93" t="s">
+      <c r="A6" s="100" t="s">
         <v>71</v>
       </c>
-      <c r="B6" s="93"/>
-[...23 lines deleted...]
-      <c r="Z6" s="93"/>
+      <c r="B6" s="100"/>
+      <c r="C6" s="100"/>
+      <c r="D6" s="100"/>
+      <c r="E6" s="100"/>
+      <c r="F6" s="100"/>
+      <c r="G6" s="100"/>
+      <c r="H6" s="100"/>
+      <c r="I6" s="100"/>
+      <c r="J6" s="100"/>
+      <c r="K6" s="100"/>
+      <c r="L6" s="100"/>
+      <c r="M6" s="100"/>
+      <c r="N6" s="100"/>
+      <c r="O6" s="100"/>
+      <c r="P6" s="100"/>
+      <c r="Q6" s="100"/>
+      <c r="R6" s="100"/>
+      <c r="S6" s="100"/>
+      <c r="T6" s="100"/>
+      <c r="U6" s="100"/>
+      <c r="V6" s="100"/>
+      <c r="W6" s="100"/>
+      <c r="X6" s="100"/>
+      <c r="Y6" s="100"/>
+      <c r="Z6" s="100"/>
     </row>
     <row r="7" spans="1:26" ht="26.25" customHeight="1">
-      <c r="A7" s="94" t="s">
+      <c r="A7" s="101" t="s">
         <v>66</v>
       </c>
-      <c r="B7" s="94"/>
-[...5 lines deleted...]
-      <c r="H7" s="94" t="s">
+      <c r="B7" s="101"/>
+      <c r="C7" s="101"/>
+      <c r="D7" s="101"/>
+      <c r="E7" s="101"/>
+      <c r="F7" s="101"/>
+      <c r="G7" s="101"/>
+      <c r="H7" s="101" t="s">
         <v>67</v>
       </c>
-      <c r="I7" s="94"/>
-[...5 lines deleted...]
-      <c r="O7" s="94" t="s">
+      <c r="I7" s="101"/>
+      <c r="J7" s="101"/>
+      <c r="K7" s="101"/>
+      <c r="L7" s="101"/>
+      <c r="M7" s="101"/>
+      <c r="N7" s="101"/>
+      <c r="O7" s="101" t="s">
         <v>68</v>
       </c>
-      <c r="P7" s="94"/>
-[...3 lines deleted...]
-      <c r="T7" s="94" t="s">
+      <c r="P7" s="101"/>
+      <c r="Q7" s="101"/>
+      <c r="R7" s="101"/>
+      <c r="S7" s="101"/>
+      <c r="T7" s="101" t="s">
         <v>69</v>
       </c>
-      <c r="U7" s="94"/>
-[...4 lines deleted...]
-      <c r="Z7" s="94"/>
+      <c r="U7" s="101"/>
+      <c r="V7" s="101"/>
+      <c r="W7" s="101"/>
+      <c r="X7" s="101"/>
+      <c r="Y7" s="101"/>
+      <c r="Z7" s="101"/>
     </row>
     <row r="8" spans="1:26" ht="28.5" customHeight="1">
-      <c r="A8" s="95"/>
-[...24 lines deleted...]
-      <c r="Z8" s="96"/>
+      <c r="A8" s="104"/>
+      <c r="B8" s="104"/>
+      <c r="C8" s="104"/>
+      <c r="D8" s="104"/>
+      <c r="E8" s="104"/>
+      <c r="F8" s="104"/>
+      <c r="G8" s="104"/>
+      <c r="H8" s="105"/>
+      <c r="I8" s="105"/>
+      <c r="J8" s="105"/>
+      <c r="K8" s="105"/>
+      <c r="L8" s="105"/>
+      <c r="M8" s="105"/>
+      <c r="N8" s="105"/>
+      <c r="O8" s="106"/>
+      <c r="P8" s="106"/>
+      <c r="Q8" s="106"/>
+      <c r="R8" s="106"/>
+      <c r="S8" s="106"/>
+      <c r="T8" s="105"/>
+      <c r="U8" s="105"/>
+      <c r="V8" s="105"/>
+      <c r="W8" s="105"/>
+      <c r="X8" s="105"/>
+      <c r="Y8" s="105"/>
+      <c r="Z8" s="105"/>
     </row>
     <row r="9" spans="1:26" ht="28.5" customHeight="1" thickBot="1">
-      <c r="A9" s="98"/>
-[...24 lines deleted...]
-      <c r="Z9" s="99"/>
+      <c r="A9" s="107"/>
+      <c r="B9" s="107"/>
+      <c r="C9" s="107"/>
+      <c r="D9" s="107"/>
+      <c r="E9" s="107"/>
+      <c r="F9" s="107"/>
+      <c r="G9" s="107"/>
+      <c r="H9" s="108"/>
+      <c r="I9" s="108"/>
+      <c r="J9" s="108"/>
+      <c r="K9" s="108"/>
+      <c r="L9" s="108"/>
+      <c r="M9" s="108"/>
+      <c r="N9" s="108"/>
+      <c r="O9" s="109"/>
+      <c r="P9" s="109"/>
+      <c r="Q9" s="109"/>
+      <c r="R9" s="109"/>
+      <c r="S9" s="109"/>
+      <c r="T9" s="108"/>
+      <c r="U9" s="108"/>
+      <c r="V9" s="108"/>
+      <c r="W9" s="108"/>
+      <c r="X9" s="108"/>
+      <c r="Y9" s="108"/>
+      <c r="Z9" s="108"/>
     </row>
     <row r="10" spans="1:26" ht="30" customHeight="1" thickTop="1">
-      <c r="A10" s="93" t="s">
+      <c r="A10" s="100" t="s">
         <v>99</v>
       </c>
-      <c r="B10" s="93"/>
-[...23 lines deleted...]
-      <c r="Z10" s="93"/>
+      <c r="B10" s="100"/>
+      <c r="C10" s="100"/>
+      <c r="D10" s="100"/>
+      <c r="E10" s="100"/>
+      <c r="F10" s="100"/>
+      <c r="G10" s="100"/>
+      <c r="H10" s="100"/>
+      <c r="I10" s="100"/>
+      <c r="J10" s="100"/>
+      <c r="K10" s="100"/>
+      <c r="L10" s="100"/>
+      <c r="M10" s="100"/>
+      <c r="N10" s="100"/>
+      <c r="O10" s="100"/>
+      <c r="P10" s="100"/>
+      <c r="Q10" s="100"/>
+      <c r="R10" s="100"/>
+      <c r="S10" s="100"/>
+      <c r="T10" s="100"/>
+      <c r="U10" s="100"/>
+      <c r="V10" s="100"/>
+      <c r="W10" s="100"/>
+      <c r="X10" s="100"/>
+      <c r="Y10" s="100"/>
+      <c r="Z10" s="100"/>
     </row>
     <row r="11" spans="1:26" ht="30" customHeight="1">
-      <c r="A11" s="94" t="s">
+      <c r="A11" s="101" t="s">
         <v>72</v>
       </c>
-      <c r="B11" s="94"/>
-[...6 lines deleted...]
-      <c r="I11" s="94" t="s">
+      <c r="B11" s="101"/>
+      <c r="C11" s="101"/>
+      <c r="D11" s="101"/>
+      <c r="E11" s="101"/>
+      <c r="F11" s="101"/>
+      <c r="G11" s="101"/>
+      <c r="H11" s="101"/>
+      <c r="I11" s="101" t="s">
         <v>74</v>
       </c>
-      <c r="J11" s="94"/>
-[...12 lines deleted...]
-      <c r="W11" s="94" t="s">
+      <c r="J11" s="101"/>
+      <c r="K11" s="101"/>
+      <c r="L11" s="101"/>
+      <c r="M11" s="101"/>
+      <c r="N11" s="101"/>
+      <c r="O11" s="101"/>
+      <c r="P11" s="101"/>
+      <c r="Q11" s="101"/>
+      <c r="R11" s="101"/>
+      <c r="S11" s="101"/>
+      <c r="T11" s="101"/>
+      <c r="U11" s="101"/>
+      <c r="V11" s="101"/>
+      <c r="W11" s="101" t="s">
         <v>73</v>
       </c>
-      <c r="X11" s="94"/>
-[...1 lines deleted...]
-      <c r="Z11" s="94"/>
+      <c r="X11" s="101"/>
+      <c r="Y11" s="101"/>
+      <c r="Z11" s="101"/>
     </row>
     <row r="12" spans="1:26" ht="30" customHeight="1">
-      <c r="A12" s="91"/>
-[...24 lines deleted...]
-      <c r="Z12" s="92"/>
+      <c r="A12" s="102"/>
+      <c r="B12" s="102"/>
+      <c r="C12" s="102"/>
+      <c r="D12" s="102"/>
+      <c r="E12" s="102"/>
+      <c r="F12" s="102"/>
+      <c r="G12" s="102"/>
+      <c r="H12" s="102"/>
+      <c r="I12" s="103"/>
+      <c r="J12" s="103"/>
+      <c r="K12" s="103"/>
+      <c r="L12" s="103"/>
+      <c r="M12" s="103"/>
+      <c r="N12" s="103"/>
+      <c r="O12" s="103"/>
+      <c r="P12" s="103"/>
+      <c r="Q12" s="103"/>
+      <c r="R12" s="103"/>
+      <c r="S12" s="103"/>
+      <c r="T12" s="103"/>
+      <c r="U12" s="103"/>
+      <c r="V12" s="103"/>
+      <c r="W12" s="103"/>
+      <c r="X12" s="103"/>
+      <c r="Y12" s="103"/>
+      <c r="Z12" s="103"/>
     </row>
     <row r="13" spans="1:26" ht="30" customHeight="1">
-      <c r="A13" s="91"/>
-[...24 lines deleted...]
-      <c r="Z13" s="92"/>
+      <c r="A13" s="102"/>
+      <c r="B13" s="102"/>
+      <c r="C13" s="102"/>
+      <c r="D13" s="102"/>
+      <c r="E13" s="102"/>
+      <c r="F13" s="102"/>
+      <c r="G13" s="102"/>
+      <c r="H13" s="102"/>
+      <c r="I13" s="103"/>
+      <c r="J13" s="103"/>
+      <c r="K13" s="103"/>
+      <c r="L13" s="103"/>
+      <c r="M13" s="103"/>
+      <c r="N13" s="103"/>
+      <c r="O13" s="103"/>
+      <c r="P13" s="103"/>
+      <c r="Q13" s="103"/>
+      <c r="R13" s="103"/>
+      <c r="S13" s="103"/>
+      <c r="T13" s="103"/>
+      <c r="U13" s="103"/>
+      <c r="V13" s="103"/>
+      <c r="W13" s="103"/>
+      <c r="X13" s="103"/>
+      <c r="Y13" s="103"/>
+      <c r="Z13" s="103"/>
     </row>
     <row r="14" spans="1:26" ht="30" customHeight="1">
-      <c r="A14" s="91"/>
-[...24 lines deleted...]
-      <c r="Z14" s="92"/>
+      <c r="A14" s="102"/>
+      <c r="B14" s="102"/>
+      <c r="C14" s="102"/>
+      <c r="D14" s="102"/>
+      <c r="E14" s="102"/>
+      <c r="F14" s="102"/>
+      <c r="G14" s="102"/>
+      <c r="H14" s="102"/>
+      <c r="I14" s="103"/>
+      <c r="J14" s="103"/>
+      <c r="K14" s="103"/>
+      <c r="L14" s="103"/>
+      <c r="M14" s="103"/>
+      <c r="N14" s="103"/>
+      <c r="O14" s="103"/>
+      <c r="P14" s="103"/>
+      <c r="Q14" s="103"/>
+      <c r="R14" s="103"/>
+      <c r="S14" s="103"/>
+      <c r="T14" s="103"/>
+      <c r="U14" s="103"/>
+      <c r="V14" s="103"/>
+      <c r="W14" s="103"/>
+      <c r="X14" s="103"/>
+      <c r="Y14" s="103"/>
+      <c r="Z14" s="103"/>
     </row>
     <row r="15" spans="1:26" ht="30" customHeight="1">
-      <c r="A15" s="91"/>
-[...24 lines deleted...]
-      <c r="Z15" s="92"/>
+      <c r="A15" s="102"/>
+      <c r="B15" s="102"/>
+      <c r="C15" s="102"/>
+      <c r="D15" s="102"/>
+      <c r="E15" s="102"/>
+      <c r="F15" s="102"/>
+      <c r="G15" s="102"/>
+      <c r="H15" s="102"/>
+      <c r="I15" s="103"/>
+      <c r="J15" s="103"/>
+      <c r="K15" s="103"/>
+      <c r="L15" s="103"/>
+      <c r="M15" s="103"/>
+      <c r="N15" s="103"/>
+      <c r="O15" s="103"/>
+      <c r="P15" s="103"/>
+      <c r="Q15" s="103"/>
+      <c r="R15" s="103"/>
+      <c r="S15" s="103"/>
+      <c r="T15" s="103"/>
+      <c r="U15" s="103"/>
+      <c r="V15" s="103"/>
+      <c r="W15" s="103"/>
+      <c r="X15" s="103"/>
+      <c r="Y15" s="103"/>
+      <c r="Z15" s="103"/>
     </row>
     <row r="16" spans="1:26" ht="30" customHeight="1">
-      <c r="A16" s="91"/>
-[...24 lines deleted...]
-      <c r="Z16" s="92"/>
+      <c r="A16" s="102"/>
+      <c r="B16" s="102"/>
+      <c r="C16" s="102"/>
+      <c r="D16" s="102"/>
+      <c r="E16" s="102"/>
+      <c r="F16" s="102"/>
+      <c r="G16" s="102"/>
+      <c r="H16" s="102"/>
+      <c r="I16" s="103"/>
+      <c r="J16" s="103"/>
+      <c r="K16" s="103"/>
+      <c r="L16" s="103"/>
+      <c r="M16" s="103"/>
+      <c r="N16" s="103"/>
+      <c r="O16" s="103"/>
+      <c r="P16" s="103"/>
+      <c r="Q16" s="103"/>
+      <c r="R16" s="103"/>
+      <c r="S16" s="103"/>
+      <c r="T16" s="103"/>
+      <c r="U16" s="103"/>
+      <c r="V16" s="103"/>
+      <c r="W16" s="103"/>
+      <c r="X16" s="103"/>
+      <c r="Y16" s="103"/>
+      <c r="Z16" s="103"/>
     </row>
     <row r="17" spans="1:26" ht="30" customHeight="1">
-      <c r="A17" s="91"/>
-[...24 lines deleted...]
-      <c r="Z17" s="92"/>
+      <c r="A17" s="102"/>
+      <c r="B17" s="102"/>
+      <c r="C17" s="102"/>
+      <c r="D17" s="102"/>
+      <c r="E17" s="102"/>
+      <c r="F17" s="102"/>
+      <c r="G17" s="102"/>
+      <c r="H17" s="102"/>
+      <c r="I17" s="103"/>
+      <c r="J17" s="103"/>
+      <c r="K17" s="103"/>
+      <c r="L17" s="103"/>
+      <c r="M17" s="103"/>
+      <c r="N17" s="103"/>
+      <c r="O17" s="103"/>
+      <c r="P17" s="103"/>
+      <c r="Q17" s="103"/>
+      <c r="R17" s="103"/>
+      <c r="S17" s="103"/>
+      <c r="T17" s="103"/>
+      <c r="U17" s="103"/>
+      <c r="V17" s="103"/>
+      <c r="W17" s="103"/>
+      <c r="X17" s="103"/>
+      <c r="Y17" s="103"/>
+      <c r="Z17" s="103"/>
     </row>
     <row r="18" spans="1:26" ht="30" customHeight="1">
-      <c r="A18" s="91"/>
-[...24 lines deleted...]
-      <c r="Z18" s="92"/>
+      <c r="A18" s="102"/>
+      <c r="B18" s="102"/>
+      <c r="C18" s="102"/>
+      <c r="D18" s="102"/>
+      <c r="E18" s="102"/>
+      <c r="F18" s="102"/>
+      <c r="G18" s="102"/>
+      <c r="H18" s="102"/>
+      <c r="I18" s="103"/>
+      <c r="J18" s="103"/>
+      <c r="K18" s="103"/>
+      <c r="L18" s="103"/>
+      <c r="M18" s="103"/>
+      <c r="N18" s="103"/>
+      <c r="O18" s="103"/>
+      <c r="P18" s="103"/>
+      <c r="Q18" s="103"/>
+      <c r="R18" s="103"/>
+      <c r="S18" s="103"/>
+      <c r="T18" s="103"/>
+      <c r="U18" s="103"/>
+      <c r="V18" s="103"/>
+      <c r="W18" s="103"/>
+      <c r="X18" s="103"/>
+      <c r="Y18" s="103"/>
+      <c r="Z18" s="103"/>
     </row>
     <row r="19" spans="1:26" ht="30" customHeight="1">
-      <c r="A19" s="91"/>
-[...24 lines deleted...]
-      <c r="Z19" s="92"/>
+      <c r="A19" s="102"/>
+      <c r="B19" s="102"/>
+      <c r="C19" s="102"/>
+      <c r="D19" s="102"/>
+      <c r="E19" s="102"/>
+      <c r="F19" s="102"/>
+      <c r="G19" s="102"/>
+      <c r="H19" s="102"/>
+      <c r="I19" s="103"/>
+      <c r="J19" s="103"/>
+      <c r="K19" s="103"/>
+      <c r="L19" s="103"/>
+      <c r="M19" s="103"/>
+      <c r="N19" s="103"/>
+      <c r="O19" s="103"/>
+      <c r="P19" s="103"/>
+      <c r="Q19" s="103"/>
+      <c r="R19" s="103"/>
+      <c r="S19" s="103"/>
+      <c r="T19" s="103"/>
+      <c r="U19" s="103"/>
+      <c r="V19" s="103"/>
+      <c r="W19" s="103"/>
+      <c r="X19" s="103"/>
+      <c r="Y19" s="103"/>
+      <c r="Z19" s="103"/>
     </row>
     <row r="20" spans="1:26" ht="30" customHeight="1">
-      <c r="A20" s="91"/>
-[...24 lines deleted...]
-      <c r="Z20" s="92"/>
+      <c r="A20" s="102"/>
+      <c r="B20" s="102"/>
+      <c r="C20" s="102"/>
+      <c r="D20" s="102"/>
+      <c r="E20" s="102"/>
+      <c r="F20" s="102"/>
+      <c r="G20" s="102"/>
+      <c r="H20" s="102"/>
+      <c r="I20" s="103"/>
+      <c r="J20" s="103"/>
+      <c r="K20" s="103"/>
+      <c r="L20" s="103"/>
+      <c r="M20" s="103"/>
+      <c r="N20" s="103"/>
+      <c r="O20" s="103"/>
+      <c r="P20" s="103"/>
+      <c r="Q20" s="103"/>
+      <c r="R20" s="103"/>
+      <c r="S20" s="103"/>
+      <c r="T20" s="103"/>
+      <c r="U20" s="103"/>
+      <c r="V20" s="103"/>
+      <c r="W20" s="103"/>
+      <c r="X20" s="103"/>
+      <c r="Y20" s="103"/>
+      <c r="Z20" s="103"/>
     </row>
     <row r="21" spans="1:26" ht="30" customHeight="1">
-      <c r="A21" s="91"/>
-[...24 lines deleted...]
-      <c r="Z21" s="92"/>
+      <c r="A21" s="102"/>
+      <c r="B21" s="102"/>
+      <c r="C21" s="102"/>
+      <c r="D21" s="102"/>
+      <c r="E21" s="102"/>
+      <c r="F21" s="102"/>
+      <c r="G21" s="102"/>
+      <c r="H21" s="102"/>
+      <c r="I21" s="103"/>
+      <c r="J21" s="103"/>
+      <c r="K21" s="103"/>
+      <c r="L21" s="103"/>
+      <c r="M21" s="103"/>
+      <c r="N21" s="103"/>
+      <c r="O21" s="103"/>
+      <c r="P21" s="103"/>
+      <c r="Q21" s="103"/>
+      <c r="R21" s="103"/>
+      <c r="S21" s="103"/>
+      <c r="T21" s="103"/>
+      <c r="U21" s="103"/>
+      <c r="V21" s="103"/>
+      <c r="W21" s="103"/>
+      <c r="X21" s="103"/>
+      <c r="Y21" s="103"/>
+      <c r="Z21" s="103"/>
     </row>
     <row r="22" spans="1:26" ht="30" customHeight="1">
-      <c r="A22" s="91"/>
-[...24 lines deleted...]
-      <c r="Z22" s="92"/>
+      <c r="A22" s="102"/>
+      <c r="B22" s="102"/>
+      <c r="C22" s="102"/>
+      <c r="D22" s="102"/>
+      <c r="E22" s="102"/>
+      <c r="F22" s="102"/>
+      <c r="G22" s="102"/>
+      <c r="H22" s="102"/>
+      <c r="I22" s="103"/>
+      <c r="J22" s="103"/>
+      <c r="K22" s="103"/>
+      <c r="L22" s="103"/>
+      <c r="M22" s="103"/>
+      <c r="N22" s="103"/>
+      <c r="O22" s="103"/>
+      <c r="P22" s="103"/>
+      <c r="Q22" s="103"/>
+      <c r="R22" s="103"/>
+      <c r="S22" s="103"/>
+      <c r="T22" s="103"/>
+      <c r="U22" s="103"/>
+      <c r="V22" s="103"/>
+      <c r="W22" s="103"/>
+      <c r="X22" s="103"/>
+      <c r="Y22" s="103"/>
+      <c r="Z22" s="103"/>
     </row>
     <row r="23" spans="1:26" ht="30" customHeight="1">
-      <c r="A23" s="91"/>
-[...24 lines deleted...]
-      <c r="Z23" s="92"/>
+      <c r="A23" s="102"/>
+      <c r="B23" s="102"/>
+      <c r="C23" s="102"/>
+      <c r="D23" s="102"/>
+      <c r="E23" s="102"/>
+      <c r="F23" s="102"/>
+      <c r="G23" s="102"/>
+      <c r="H23" s="102"/>
+      <c r="I23" s="103"/>
+      <c r="J23" s="103"/>
+      <c r="K23" s="103"/>
+      <c r="L23" s="103"/>
+      <c r="M23" s="103"/>
+      <c r="N23" s="103"/>
+      <c r="O23" s="103"/>
+      <c r="P23" s="103"/>
+      <c r="Q23" s="103"/>
+      <c r="R23" s="103"/>
+      <c r="S23" s="103"/>
+      <c r="T23" s="103"/>
+      <c r="U23" s="103"/>
+      <c r="V23" s="103"/>
+      <c r="W23" s="103"/>
+      <c r="X23" s="103"/>
+      <c r="Y23" s="103"/>
+      <c r="Z23" s="103"/>
     </row>
     <row r="24" spans="1:26" ht="30" customHeight="1">
-      <c r="A24" s="91"/>
-[...24 lines deleted...]
-      <c r="Z24" s="92"/>
+      <c r="A24" s="102"/>
+      <c r="B24" s="102"/>
+      <c r="C24" s="102"/>
+      <c r="D24" s="102"/>
+      <c r="E24" s="102"/>
+      <c r="F24" s="102"/>
+      <c r="G24" s="102"/>
+      <c r="H24" s="102"/>
+      <c r="I24" s="103"/>
+      <c r="J24" s="103"/>
+      <c r="K24" s="103"/>
+      <c r="L24" s="103"/>
+      <c r="M24" s="103"/>
+      <c r="N24" s="103"/>
+      <c r="O24" s="103"/>
+      <c r="P24" s="103"/>
+      <c r="Q24" s="103"/>
+      <c r="R24" s="103"/>
+      <c r="S24" s="103"/>
+      <c r="T24" s="103"/>
+      <c r="U24" s="103"/>
+      <c r="V24" s="103"/>
+      <c r="W24" s="103"/>
+      <c r="X24" s="103"/>
+      <c r="Y24" s="103"/>
+      <c r="Z24" s="103"/>
     </row>
     <row r="25" spans="1:26" ht="30" customHeight="1">
-      <c r="A25" s="91"/>
-[...24 lines deleted...]
-      <c r="Z25" s="92"/>
+      <c r="A25" s="102"/>
+      <c r="B25" s="102"/>
+      <c r="C25" s="102"/>
+      <c r="D25" s="102"/>
+      <c r="E25" s="102"/>
+      <c r="F25" s="102"/>
+      <c r="G25" s="102"/>
+      <c r="H25" s="102"/>
+      <c r="I25" s="103"/>
+      <c r="J25" s="103"/>
+      <c r="K25" s="103"/>
+      <c r="L25" s="103"/>
+      <c r="M25" s="103"/>
+      <c r="N25" s="103"/>
+      <c r="O25" s="103"/>
+      <c r="P25" s="103"/>
+      <c r="Q25" s="103"/>
+      <c r="R25" s="103"/>
+      <c r="S25" s="103"/>
+      <c r="T25" s="103"/>
+      <c r="U25" s="103"/>
+      <c r="V25" s="103"/>
+      <c r="W25" s="103"/>
+      <c r="X25" s="103"/>
+      <c r="Y25" s="103"/>
+      <c r="Z25" s="103"/>
     </row>
     <row r="26" spans="1:26" ht="30" customHeight="1">
-      <c r="A26" s="91"/>
-[...24 lines deleted...]
-      <c r="Z26" s="92"/>
+      <c r="A26" s="102"/>
+      <c r="B26" s="102"/>
+      <c r="C26" s="102"/>
+      <c r="D26" s="102"/>
+      <c r="E26" s="102"/>
+      <c r="F26" s="102"/>
+      <c r="G26" s="102"/>
+      <c r="H26" s="102"/>
+      <c r="I26" s="103"/>
+      <c r="J26" s="103"/>
+      <c r="K26" s="103"/>
+      <c r="L26" s="103"/>
+      <c r="M26" s="103"/>
+      <c r="N26" s="103"/>
+      <c r="O26" s="103"/>
+      <c r="P26" s="103"/>
+      <c r="Q26" s="103"/>
+      <c r="R26" s="103"/>
+      <c r="S26" s="103"/>
+      <c r="T26" s="103"/>
+      <c r="U26" s="103"/>
+      <c r="V26" s="103"/>
+      <c r="W26" s="103"/>
+      <c r="X26" s="103"/>
+      <c r="Y26" s="103"/>
+      <c r="Z26" s="103"/>
     </row>
     <row r="27" spans="1:26" ht="26.25" customHeight="1">
-      <c r="A27" s="88" t="s">
+      <c r="A27" s="110" t="s">
         <v>75</v>
       </c>
-      <c r="B27" s="89"/>
-[...23 lines deleted...]
-      <c r="Z27" s="90"/>
+      <c r="B27" s="111"/>
+      <c r="C27" s="111"/>
+      <c r="D27" s="111"/>
+      <c r="E27" s="111"/>
+      <c r="F27" s="111"/>
+      <c r="G27" s="111"/>
+      <c r="H27" s="111"/>
+      <c r="I27" s="111"/>
+      <c r="J27" s="111"/>
+      <c r="K27" s="111"/>
+      <c r="L27" s="111"/>
+      <c r="M27" s="111"/>
+      <c r="N27" s="111"/>
+      <c r="O27" s="111"/>
+      <c r="P27" s="111"/>
+      <c r="Q27" s="111"/>
+      <c r="R27" s="111"/>
+      <c r="S27" s="111"/>
+      <c r="T27" s="111"/>
+      <c r="U27" s="111"/>
+      <c r="V27" s="111"/>
+      <c r="W27" s="111"/>
+      <c r="X27" s="111"/>
+      <c r="Y27" s="111"/>
+      <c r="Z27" s="112"/>
     </row>
     <row r="28" spans="1:26" ht="26.25" customHeight="1"/>
     <row r="29" spans="1:26" ht="26.25" customHeight="1"/>
     <row r="30" spans="1:26" ht="26.25" customHeight="1"/>
     <row r="31" spans="1:26" ht="26.25" customHeight="1"/>
     <row r="32" spans="1:26" ht="26.25" customHeight="1"/>
     <row r="33" ht="26.25" customHeight="1"/>
     <row r="34" ht="26.25" customHeight="1"/>
     <row r="35" ht="26.25" customHeight="1"/>
     <row r="36" ht="26.25" customHeight="1"/>
     <row r="37" ht="26.25" customHeight="1"/>
     <row r="38" ht="26.25" customHeight="1"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="80">
-    <mergeCell ref="A3:D3"/>
-[...26 lines deleted...]
-    <mergeCell ref="W13:Z13"/>
+    <mergeCell ref="A27:Z27"/>
+    <mergeCell ref="A26:H26"/>
+    <mergeCell ref="I26:V26"/>
+    <mergeCell ref="W26:Z26"/>
+    <mergeCell ref="A24:H24"/>
+    <mergeCell ref="I24:V24"/>
+    <mergeCell ref="W24:Z24"/>
+    <mergeCell ref="A25:H25"/>
+    <mergeCell ref="I25:V25"/>
+    <mergeCell ref="W25:Z25"/>
+    <mergeCell ref="A22:H22"/>
+    <mergeCell ref="I22:V22"/>
+    <mergeCell ref="W22:Z22"/>
+    <mergeCell ref="A23:H23"/>
+    <mergeCell ref="I23:V23"/>
+    <mergeCell ref="W23:Z23"/>
+    <mergeCell ref="A20:H20"/>
+    <mergeCell ref="I20:V20"/>
+    <mergeCell ref="W20:Z20"/>
+    <mergeCell ref="A21:H21"/>
+    <mergeCell ref="I21:V21"/>
+    <mergeCell ref="W21:Z21"/>
+    <mergeCell ref="A18:H18"/>
+    <mergeCell ref="I18:V18"/>
+    <mergeCell ref="W18:Z18"/>
+    <mergeCell ref="A19:H19"/>
+    <mergeCell ref="I19:V19"/>
+    <mergeCell ref="W19:Z19"/>
+    <mergeCell ref="A16:H16"/>
+    <mergeCell ref="I16:V16"/>
+    <mergeCell ref="W16:Z16"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="I17:V17"/>
+    <mergeCell ref="W17:Z17"/>
+    <mergeCell ref="A14:H14"/>
+    <mergeCell ref="I14:V14"/>
+    <mergeCell ref="W14:Z14"/>
+    <mergeCell ref="A15:H15"/>
+    <mergeCell ref="I15:V15"/>
+    <mergeCell ref="W15:Z15"/>
     <mergeCell ref="A10:Z10"/>
     <mergeCell ref="A11:H11"/>
     <mergeCell ref="I11:V11"/>
     <mergeCell ref="W11:Z11"/>
     <mergeCell ref="A8:G8"/>
     <mergeCell ref="H8:N8"/>
     <mergeCell ref="O8:S8"/>
     <mergeCell ref="T8:Z8"/>
     <mergeCell ref="A9:G9"/>
     <mergeCell ref="H9:N9"/>
     <mergeCell ref="O9:S9"/>
     <mergeCell ref="T9:Z9"/>
-    <mergeCell ref="A14:H14"/>
-[...38 lines deleted...]
-    <mergeCell ref="W25:Z25"/>
+    <mergeCell ref="A12:H12"/>
+    <mergeCell ref="I12:V12"/>
+    <mergeCell ref="W12:Z12"/>
+    <mergeCell ref="A13:H13"/>
+    <mergeCell ref="I13:V13"/>
+    <mergeCell ref="W13:Z13"/>
+    <mergeCell ref="E5:M5"/>
+    <mergeCell ref="N5:Q5"/>
+    <mergeCell ref="R5:Z5"/>
+    <mergeCell ref="A6:Z6"/>
+    <mergeCell ref="A7:G7"/>
+    <mergeCell ref="H7:N7"/>
+    <mergeCell ref="O7:S7"/>
+    <mergeCell ref="T7:Z7"/>
+    <mergeCell ref="A5:D5"/>
+    <mergeCell ref="A1:Z1"/>
+    <mergeCell ref="A2:D2"/>
+    <mergeCell ref="E2:M2"/>
+    <mergeCell ref="N2:Q2"/>
+    <mergeCell ref="R2:Z2"/>
+    <mergeCell ref="A3:D3"/>
+    <mergeCell ref="E3:M3"/>
+    <mergeCell ref="N3:Q3"/>
+    <mergeCell ref="R3:Z3"/>
+    <mergeCell ref="A4:D4"/>
+    <mergeCell ref="E4:M4"/>
+    <mergeCell ref="N4:Q4"/>
+    <mergeCell ref="R4:Z4"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="2">
     <dataValidation imeMode="on" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I12:V26 A8:Z9 W12:Z26" xr:uid="{00000000-0002-0000-0600-000000000000}"/>
     <dataValidation imeMode="off" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A12:H26" xr:uid="{00000000-0002-0000-0600-000001000000}"/>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.94488188976377963" header="0.51181102362204722" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="94" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"ＤＦ平成明朝体W3,太字"第２号様式&amp;"ＤＦ平成明朝体W3,標準"（第３条－第16条、第27条関係）&amp;R甲号　　</oddHeader>
   </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0600-000002000000}">
           <x14:formula1>
-            <xm:f>ドロップリスト!G4:G5</xm:f>
+            <xm:f>ドロップリスト!$G$4:$G$6</xm:f>
           </x14:formula1>
           <xm:sqref>R3:Z3</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:J56"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="90" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
-      <selection activeCell="B16" sqref="B16:D17"/>
+      <selection activeCell="I16" sqref="I16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5"/>
   <cols>
     <col min="1" max="16384" width="9.140625" style="14"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="12.75" customHeight="1">
-      <c r="A1" s="123" t="s">
+      <c r="A1" s="113" t="s">
         <v>76</v>
       </c>
-      <c r="B1" s="124"/>
-[...7 lines deleted...]
-      <c r="J1" s="125"/>
+      <c r="B1" s="114"/>
+      <c r="C1" s="114"/>
+      <c r="D1" s="114"/>
+      <c r="E1" s="114"/>
+      <c r="F1" s="114"/>
+      <c r="G1" s="114"/>
+      <c r="H1" s="114"/>
+      <c r="I1" s="114"/>
+      <c r="J1" s="115"/>
     </row>
     <row r="2" spans="1:10" ht="12.75" customHeight="1">
-      <c r="A2" s="126"/>
-[...8 lines deleted...]
-      <c r="J2" s="128"/>
+      <c r="A2" s="116"/>
+      <c r="B2" s="117"/>
+      <c r="C2" s="117"/>
+      <c r="D2" s="117"/>
+      <c r="E2" s="117"/>
+      <c r="F2" s="117"/>
+      <c r="G2" s="117"/>
+      <c r="H2" s="117"/>
+      <c r="I2" s="117"/>
+      <c r="J2" s="118"/>
     </row>
     <row r="3" spans="1:10" ht="12.75" customHeight="1">
-      <c r="A3" s="126"/>
-[...8 lines deleted...]
-      <c r="J3" s="128"/>
+      <c r="A3" s="116"/>
+      <c r="B3" s="117"/>
+      <c r="C3" s="117"/>
+      <c r="D3" s="117"/>
+      <c r="E3" s="117"/>
+      <c r="F3" s="117"/>
+      <c r="G3" s="117"/>
+      <c r="H3" s="117"/>
+      <c r="I3" s="117"/>
+      <c r="J3" s="118"/>
     </row>
     <row r="4" spans="1:10" ht="12.75" customHeight="1">
-      <c r="A4" s="126"/>
-[...8 lines deleted...]
-      <c r="J4" s="128"/>
+      <c r="A4" s="116"/>
+      <c r="B4" s="117"/>
+      <c r="C4" s="117"/>
+      <c r="D4" s="117"/>
+      <c r="E4" s="117"/>
+      <c r="F4" s="117"/>
+      <c r="G4" s="117"/>
+      <c r="H4" s="117"/>
+      <c r="I4" s="117"/>
+      <c r="J4" s="118"/>
     </row>
     <row r="5" spans="1:10" ht="12.75" customHeight="1">
       <c r="A5" s="15"/>
       <c r="J5" s="16"/>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="15"/>
       <c r="J6" s="16"/>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="15"/>
       <c r="J7" s="16"/>
     </row>
     <row r="8" spans="1:10" ht="14.25" customHeight="1">
-      <c r="A8" s="129" t="s">
+      <c r="A8" s="119" t="s">
         <v>102</v>
       </c>
-      <c r="B8" s="130"/>
-[...7 lines deleted...]
-      <c r="J8" s="131"/>
+      <c r="B8" s="120"/>
+      <c r="C8" s="120"/>
+      <c r="D8" s="120"/>
+      <c r="E8" s="120"/>
+      <c r="F8" s="120"/>
+      <c r="G8" s="120"/>
+      <c r="H8" s="120"/>
+      <c r="I8" s="120"/>
+      <c r="J8" s="121"/>
     </row>
     <row r="9" spans="1:10">
-      <c r="A9" s="129"/>
-[...8 lines deleted...]
-      <c r="J9" s="131"/>
+      <c r="A9" s="119"/>
+      <c r="B9" s="120"/>
+      <c r="C9" s="120"/>
+      <c r="D9" s="120"/>
+      <c r="E9" s="120"/>
+      <c r="F9" s="120"/>
+      <c r="G9" s="120"/>
+      <c r="H9" s="120"/>
+      <c r="I9" s="120"/>
+      <c r="J9" s="121"/>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="22"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="20"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="20"/>
       <c r="I10" s="20"/>
       <c r="J10" s="21"/>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="22"/>
       <c r="B11" s="20"/>
       <c r="C11" s="20"/>
       <c r="D11" s="20"/>
       <c r="E11" s="20"/>
       <c r="F11" s="20"/>
       <c r="G11" s="20"/>
       <c r="H11" s="20"/>
       <c r="I11" s="20"/>
       <c r="J11" s="21"/>
     </row>
@@ -7944,481 +7810,481 @@
       <c r="I12" s="20"/>
       <c r="J12" s="21"/>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="22"/>
       <c r="B13" s="20"/>
       <c r="C13" s="20"/>
       <c r="D13" s="20"/>
       <c r="E13" s="20"/>
       <c r="F13" s="20"/>
       <c r="G13" s="20"/>
       <c r="H13" s="20"/>
       <c r="I13" s="20"/>
       <c r="J13" s="21"/>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="15"/>
       <c r="J14" s="16"/>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="15"/>
       <c r="J15" s="16"/>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="23"/>
-      <c r="B16" s="132" t="str">
+      <c r="B16" s="122" t="str">
         <f>申請書①!O11&amp;申請書①!P11&amp;申請書①!Q11&amp;申請書①!S11&amp;申請書①!T11&amp;申請書①!V11&amp;申請書①!W11&amp;申請書①!Y11</f>
         <v>令和年月日</v>
       </c>
-      <c r="C16" s="132"/>
-      <c r="D16" s="132"/>
+      <c r="C16" s="122"/>
+      <c r="D16" s="122"/>
       <c r="J16" s="16"/>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="23"/>
-      <c r="B17" s="132"/>
-[...1 lines deleted...]
-      <c r="D17" s="132"/>
+      <c r="B17" s="122"/>
+      <c r="C17" s="122"/>
+      <c r="D17" s="122"/>
       <c r="J17" s="16"/>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="15"/>
       <c r="J18" s="16"/>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="15"/>
-      <c r="E19" s="135" t="s">
+      <c r="E19" s="128" t="s">
         <v>7</v>
       </c>
-      <c r="F19" s="134">
+      <c r="F19" s="127">
         <f>申請書①!P18</f>
         <v>0</v>
       </c>
-      <c r="G19" s="134"/>
-[...1 lines deleted...]
-      <c r="I19" s="133"/>
+      <c r="G19" s="127"/>
+      <c r="H19" s="127"/>
+      <c r="I19" s="126"/>
       <c r="J19" s="16"/>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="15"/>
-      <c r="E20" s="135"/>
-[...3 lines deleted...]
-      <c r="I20" s="133"/>
+      <c r="E20" s="128"/>
+      <c r="F20" s="127"/>
+      <c r="G20" s="127"/>
+      <c r="H20" s="127"/>
+      <c r="I20" s="126"/>
       <c r="J20" s="16"/>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="15"/>
       <c r="J21" s="16"/>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="15"/>
       <c r="J22" s="16"/>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="15"/>
       <c r="J23" s="16"/>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="15"/>
       <c r="J24" s="16"/>
     </row>
     <row r="25" spans="1:10">
-      <c r="A25" s="114" t="s">
+      <c r="A25" s="123" t="s">
         <v>3</v>
       </c>
-      <c r="B25" s="115"/>
-[...2 lines deleted...]
-      <c r="E25" s="115"/>
+      <c r="B25" s="124"/>
+      <c r="C25" s="124"/>
+      <c r="D25" s="124"/>
+      <c r="E25" s="124"/>
       <c r="J25" s="16"/>
     </row>
     <row r="26" spans="1:10">
-      <c r="A26" s="114"/>
-[...3 lines deleted...]
-      <c r="E26" s="115"/>
+      <c r="A26" s="123"/>
+      <c r="B26" s="124"/>
+      <c r="C26" s="124"/>
+      <c r="D26" s="124"/>
+      <c r="E26" s="124"/>
       <c r="J26" s="16"/>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="24"/>
       <c r="B27" s="25"/>
       <c r="C27" s="25"/>
       <c r="D27" s="25"/>
       <c r="E27" s="25"/>
       <c r="J27" s="16"/>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="24"/>
       <c r="B28" s="25"/>
       <c r="C28" s="25"/>
       <c r="D28" s="25"/>
       <c r="E28" s="25"/>
       <c r="J28" s="16"/>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="15"/>
       <c r="J29" s="16"/>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="15"/>
       <c r="J30" s="16"/>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="15"/>
       <c r="J31" s="16"/>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="24" t="s">
         <v>77</v>
       </c>
       <c r="J32" s="16"/>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="15"/>
       <c r="J33" s="16"/>
     </row>
     <row r="34" spans="1:10">
-      <c r="A34" s="114"/>
-[...8 lines deleted...]
-      <c r="J34" s="116"/>
+      <c r="A34" s="123"/>
+      <c r="B34" s="124"/>
+      <c r="C34" s="124"/>
+      <c r="D34" s="124"/>
+      <c r="E34" s="124"/>
+      <c r="F34" s="124"/>
+      <c r="G34" s="124"/>
+      <c r="H34" s="124"/>
+      <c r="I34" s="124"/>
+      <c r="J34" s="125"/>
     </row>
     <row r="35" spans="1:10">
-      <c r="A35" s="114" t="s">
+      <c r="A35" s="123" t="s">
         <v>78</v>
       </c>
-      <c r="B35" s="115"/>
-[...7 lines deleted...]
-      <c r="J35" s="116"/>
+      <c r="B35" s="124"/>
+      <c r="C35" s="124"/>
+      <c r="D35" s="124"/>
+      <c r="E35" s="124"/>
+      <c r="F35" s="124"/>
+      <c r="G35" s="124"/>
+      <c r="H35" s="124"/>
+      <c r="I35" s="124"/>
+      <c r="J35" s="125"/>
     </row>
     <row r="36" spans="1:10">
-      <c r="A36" s="136"/>
-[...8 lines deleted...]
-      <c r="J36" s="138"/>
+      <c r="A36" s="129"/>
+      <c r="B36" s="130"/>
+      <c r="C36" s="130"/>
+      <c r="D36" s="130"/>
+      <c r="E36" s="130"/>
+      <c r="F36" s="130"/>
+      <c r="G36" s="130"/>
+      <c r="H36" s="130"/>
+      <c r="I36" s="130"/>
+      <c r="J36" s="131"/>
     </row>
     <row r="37" spans="1:10">
-      <c r="A37" s="114" t="s">
+      <c r="A37" s="123" t="s">
+        <v>112</v>
+      </c>
+      <c r="B37" s="124"/>
+      <c r="C37" s="124"/>
+      <c r="D37" s="124"/>
+      <c r="E37" s="124"/>
+      <c r="F37" s="124"/>
+      <c r="G37" s="124"/>
+      <c r="H37" s="124"/>
+      <c r="I37" s="124"/>
+      <c r="J37" s="125"/>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="A38" s="123"/>
+      <c r="B38" s="124"/>
+      <c r="C38" s="124"/>
+      <c r="D38" s="124"/>
+      <c r="E38" s="124"/>
+      <c r="F38" s="124"/>
+      <c r="G38" s="124"/>
+      <c r="H38" s="124"/>
+      <c r="I38" s="124"/>
+      <c r="J38" s="125"/>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" s="123" t="s">
+        <v>107</v>
+      </c>
+      <c r="B39" s="124"/>
+      <c r="C39" s="124"/>
+      <c r="D39" s="124"/>
+      <c r="E39" s="124"/>
+      <c r="F39" s="124"/>
+      <c r="G39" s="124"/>
+      <c r="H39" s="124"/>
+      <c r="I39" s="124"/>
+      <c r="J39" s="125"/>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" s="123" t="s">
+        <v>108</v>
+      </c>
+      <c r="B40" s="124"/>
+      <c r="C40" s="124"/>
+      <c r="D40" s="124"/>
+      <c r="E40" s="124"/>
+      <c r="F40" s="124"/>
+      <c r="G40" s="124"/>
+      <c r="H40" s="124"/>
+      <c r="I40" s="124"/>
+      <c r="J40" s="125"/>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" s="123"/>
+      <c r="B41" s="124"/>
+      <c r="C41" s="124"/>
+      <c r="D41" s="124"/>
+      <c r="E41" s="124"/>
+      <c r="F41" s="124"/>
+      <c r="G41" s="124"/>
+      <c r="H41" s="124"/>
+      <c r="I41" s="124"/>
+      <c r="J41" s="125"/>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" s="123" t="s">
+        <v>109</v>
+      </c>
+      <c r="B42" s="124"/>
+      <c r="C42" s="124"/>
+      <c r="D42" s="124"/>
+      <c r="E42" s="124"/>
+      <c r="F42" s="124"/>
+      <c r="G42" s="124"/>
+      <c r="H42" s="124"/>
+      <c r="I42" s="124"/>
+      <c r="J42" s="125"/>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="A43" s="123" t="s">
+        <v>110</v>
+      </c>
+      <c r="B43" s="124"/>
+      <c r="C43" s="124"/>
+      <c r="D43" s="124"/>
+      <c r="E43" s="124"/>
+      <c r="F43" s="124"/>
+      <c r="G43" s="124"/>
+      <c r="H43" s="124"/>
+      <c r="I43" s="124"/>
+      <c r="J43" s="125"/>
+    </row>
+    <row r="44" spans="1:10">
+      <c r="A44" s="123"/>
+      <c r="B44" s="124"/>
+      <c r="C44" s="124"/>
+      <c r="D44" s="124"/>
+      <c r="E44" s="124"/>
+      <c r="F44" s="124"/>
+      <c r="G44" s="124"/>
+      <c r="H44" s="124"/>
+      <c r="I44" s="124"/>
+      <c r="J44" s="125"/>
+    </row>
+    <row r="45" spans="1:10">
+      <c r="A45" s="132" t="s">
         <v>103</v>
       </c>
-      <c r="B37" s="115"/>
-[...113 lines deleted...]
-      <c r="J45" s="119"/>
+      <c r="B45" s="133"/>
+      <c r="C45" s="133"/>
+      <c r="D45" s="133"/>
+      <c r="E45" s="133"/>
+      <c r="F45" s="133"/>
+      <c r="G45" s="133"/>
+      <c r="H45" s="133"/>
+      <c r="I45" s="133"/>
+      <c r="J45" s="134"/>
     </row>
     <row r="46" spans="1:10">
-      <c r="A46" s="114" t="s">
+      <c r="A46" s="123" t="s">
+        <v>105</v>
+      </c>
+      <c r="B46" s="124"/>
+      <c r="C46" s="124"/>
+      <c r="D46" s="124"/>
+      <c r="E46" s="124"/>
+      <c r="F46" s="124"/>
+      <c r="G46" s="124"/>
+      <c r="H46" s="124"/>
+      <c r="I46" s="124"/>
+      <c r="J46" s="125"/>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" s="123" t="s">
         <v>106</v>
       </c>
-      <c r="B46" s="115"/>
-[...21 lines deleted...]
-      <c r="J47" s="116"/>
+      <c r="B47" s="124"/>
+      <c r="C47" s="124"/>
+      <c r="D47" s="124"/>
+      <c r="E47" s="124"/>
+      <c r="F47" s="124"/>
+      <c r="G47" s="124"/>
+      <c r="H47" s="124"/>
+      <c r="I47" s="124"/>
+      <c r="J47" s="125"/>
     </row>
     <row r="48" spans="1:10">
-      <c r="A48" s="120"/>
-[...8 lines deleted...]
-      <c r="J48" s="122"/>
+      <c r="A48" s="135"/>
+      <c r="B48" s="136"/>
+      <c r="C48" s="136"/>
+      <c r="D48" s="136"/>
+      <c r="E48" s="136"/>
+      <c r="F48" s="136"/>
+      <c r="G48" s="136"/>
+      <c r="H48" s="136"/>
+      <c r="I48" s="136"/>
+      <c r="J48" s="137"/>
     </row>
     <row r="49" spans="1:10">
-      <c r="A49" s="120"/>
-[...8 lines deleted...]
-      <c r="J49" s="122"/>
+      <c r="A49" s="135"/>
+      <c r="B49" s="136"/>
+      <c r="C49" s="136"/>
+      <c r="D49" s="136"/>
+      <c r="E49" s="136"/>
+      <c r="F49" s="136"/>
+      <c r="G49" s="136"/>
+      <c r="H49" s="136"/>
+      <c r="I49" s="136"/>
+      <c r="J49" s="137"/>
     </row>
     <row r="50" spans="1:10">
-      <c r="A50" s="114"/>
-[...8 lines deleted...]
-      <c r="J50" s="116"/>
+      <c r="A50" s="123"/>
+      <c r="B50" s="124"/>
+      <c r="C50" s="124"/>
+      <c r="D50" s="124"/>
+      <c r="E50" s="124"/>
+      <c r="F50" s="124"/>
+      <c r="G50" s="124"/>
+      <c r="H50" s="124"/>
+      <c r="I50" s="124"/>
+      <c r="J50" s="125"/>
     </row>
     <row r="51" spans="1:10">
-      <c r="A51" s="114"/>
-[...8 lines deleted...]
-      <c r="J51" s="116"/>
+      <c r="A51" s="123"/>
+      <c r="B51" s="124"/>
+      <c r="C51" s="124"/>
+      <c r="D51" s="124"/>
+      <c r="E51" s="124"/>
+      <c r="F51" s="124"/>
+      <c r="G51" s="124"/>
+      <c r="H51" s="124"/>
+      <c r="I51" s="124"/>
+      <c r="J51" s="125"/>
     </row>
     <row r="52" spans="1:10">
-      <c r="A52" s="114"/>
-[...8 lines deleted...]
-      <c r="J52" s="116"/>
+      <c r="A52" s="123"/>
+      <c r="B52" s="124"/>
+      <c r="C52" s="124"/>
+      <c r="D52" s="124"/>
+      <c r="E52" s="124"/>
+      <c r="F52" s="124"/>
+      <c r="G52" s="124"/>
+      <c r="H52" s="124"/>
+      <c r="I52" s="124"/>
+      <c r="J52" s="125"/>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="15"/>
       <c r="J53" s="16"/>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="15"/>
       <c r="J54" s="16"/>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="15"/>
       <c r="J55" s="16"/>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="17"/>
       <c r="B56" s="18"/>
       <c r="C56" s="18"/>
       <c r="D56" s="18"/>
       <c r="E56" s="18"/>
       <c r="F56" s="18"/>
       <c r="G56" s="18"/>
       <c r="H56" s="18"/>
       <c r="I56" s="18"/>
       <c r="J56" s="19"/>
     </row>
   </sheetData>
-  <sheetProtection selectLockedCells="1"/>
+  <sheetProtection sheet="1" selectLockedCells="1"/>
   <mergeCells count="26">
+    <mergeCell ref="A52:J52"/>
+    <mergeCell ref="A41:J41"/>
+    <mergeCell ref="A42:J42"/>
+    <mergeCell ref="A43:J43"/>
+    <mergeCell ref="A44:J44"/>
+    <mergeCell ref="A45:J45"/>
+    <mergeCell ref="A46:J46"/>
+    <mergeCell ref="A47:J47"/>
+    <mergeCell ref="A48:J48"/>
+    <mergeCell ref="A49:J49"/>
+    <mergeCell ref="A50:J50"/>
+    <mergeCell ref="A51:J51"/>
     <mergeCell ref="A1:J4"/>
     <mergeCell ref="A8:J9"/>
     <mergeCell ref="B16:D17"/>
     <mergeCell ref="A40:J40"/>
     <mergeCell ref="I19:I20"/>
     <mergeCell ref="F19:H20"/>
     <mergeCell ref="E19:E20"/>
     <mergeCell ref="A25:E26"/>
     <mergeCell ref="A34:J34"/>
     <mergeCell ref="A35:J35"/>
     <mergeCell ref="A36:J36"/>
     <mergeCell ref="A37:J37"/>
     <mergeCell ref="A38:J38"/>
     <mergeCell ref="A39:J39"/>
-    <mergeCell ref="A52:J52"/>
-[...10 lines deleted...]
-    <mergeCell ref="A51:J51"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L　&amp;"ＤＦ平成明朝体W3,太字"第３号様式&amp;"ＤＦ平成明朝体W3,標準"（第３条－16条関係）</oddHeader>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="B3:G27"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="G6" sqref="G6"/>
+      <selection activeCell="G7" sqref="G7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12"/>
   <sheetData>
     <row r="3" spans="2:7">
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="4" spans="2:7">
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>26</v>
       </c>
@@ -8430,50 +8296,53 @@
       </c>
     </row>
     <row r="5" spans="2:7">
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>30</v>
       </c>
       <c r="G5" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="6" spans="2:7">
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>113</v>
       </c>
     </row>
     <row r="7" spans="2:7">
       <c r="B7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="8" spans="2:7">
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="2:7">
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>36</v>
       </c>
@@ -8559,74 +8428,71 @@
     <row r="25" spans="4:4">
       <c r="D25" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="26" spans="4:4">
       <c r="D26" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="27" spans="4:4">
       <c r="D27" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">
       <vt:lpstr>書類作成方法</vt:lpstr>
       <vt:lpstr>申請書①</vt:lpstr>
       <vt:lpstr>申請書②</vt:lpstr>
       <vt:lpstr>申請書③</vt:lpstr>
       <vt:lpstr>申請書④</vt:lpstr>
       <vt:lpstr>申請書⑤</vt:lpstr>
       <vt:lpstr>履歴書</vt:lpstr>
       <vt:lpstr>宣誓書</vt:lpstr>
       <vt:lpstr>ドロップリスト</vt:lpstr>
       <vt:lpstr>書類作成方法!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>沖縄県</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>