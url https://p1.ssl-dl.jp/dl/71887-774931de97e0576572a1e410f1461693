--- v0 (2025-10-19)
+++ v1 (2025-11-29)
@@ -5,68 +5,68 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\172.16.100.250\share\★令和8年度入学者選抜関係★\令和８年度　様式\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3900AB79-005B-4CE4-AF5F-AEC56C24DDBE}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{31E072AC-7B87-4AE9-BA0F-E93B55775E1C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12015" xr2:uid="{63928CDF-0398-466C-8D77-784EE614CB46}"/>
   </bookViews>
   <sheets>
     <sheet name="推薦書" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <si>
     <t>日</t>
     <rPh sb="0" eb="1">
       <t>ニチ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>月</t>
     <rPh sb="0" eb="1">
       <t>ガツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>年</t>
     <rPh sb="0" eb="1">
       <t>ネン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>令和</t>
     <rPh sb="0" eb="2">
       <t>レイワ</t>
@@ -313,162 +313,162 @@
       <t>コウトウ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ガッコウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>志望学部
 ・ 学   科</t>
     <rPh sb="0" eb="2">
       <t>シボウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ガクブ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>ガク</t>
     </rPh>
     <rPh sb="11" eb="12">
       <t>カ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>学　　科</t>
-[...8 lines deleted...]
-  <si>
     <t>学　　部</t>
     <rPh sb="0" eb="1">
       <t>ガク</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ブ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>令 和 8 年 度</t>
     <rPh sb="0" eb="1">
       <t>レイ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>カズ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ド</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>卒　業　年</t>
     <rPh sb="0" eb="1">
       <t>ソツ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ギョウ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ネン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>学　　科</t>
+    <rPh sb="0" eb="1">
+      <t>ガク</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>カ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="BIZ UDP明朝 Medium"/>
+      <name val="HGP明朝B"/>
+      <family val="1"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="HGP明朝B"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
-      <name val="BIZ UDP明朝 Medium"/>
+      <name val="HGP明朝B"/>
+      <family val="1"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="22"/>
+      <color theme="1"/>
+      <name val="HGP明朝B"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="BIZ UDP明朝 Medium"/>
+      <name val="HGP明朝B"/>
+      <family val="1"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="HGP明朝B"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
-      <name val="BIZ UDP明朝 Medium"/>
-[...20 lines deleted...]
-      <name val="BIZ UDP明朝 Medium"/>
+      <name val="HGP明朝B"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="22">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color auto="1"/>
       </left>
       <right/>
@@ -674,311 +674,308 @@
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="77">
+  <cellXfs count="76">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...53 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...64 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-      <protection locked="0"/>
-[...62 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
@@ -1261,1526 +1258,1519 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA6337F8-AEFC-4EF2-B3AB-61E0AD5593C3}">
   <dimension ref="A1:AG52"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="S35" sqref="S35:AA37"/>
+    <sheetView tabSelected="1" topLeftCell="A16" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E28" sqref="E28:N30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="33" width="2.5" style="1" customWidth="1"/>
     <col min="34" max="52" width="9" style="1" customWidth="1"/>
     <col min="53" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:33" ht="18" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="V1" s="6"/>
-[...10 lines deleted...]
-      <c r="AG1" s="7"/>
+      <c r="V1" s="2"/>
+      <c r="W1" s="2"/>
+      <c r="X1" s="2"/>
+      <c r="Y1" s="2"/>
+      <c r="Z1" s="2"/>
+      <c r="AA1" s="3"/>
+      <c r="AB1" s="3"/>
+      <c r="AC1" s="3"/>
+      <c r="AD1" s="3"/>
+      <c r="AE1" s="3"/>
+      <c r="AF1" s="3"/>
+      <c r="AG1" s="3"/>
     </row>
     <row r="2" spans="1:33" ht="18" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="V2" s="6"/>
-[...10 lines deleted...]
-      <c r="AG2" s="7"/>
+      <c r="V2" s="2"/>
+      <c r="W2" s="2"/>
+      <c r="X2" s="2"/>
+      <c r="Y2" s="2"/>
+      <c r="Z2" s="2"/>
+      <c r="AA2" s="3"/>
+      <c r="AB2" s="3"/>
+      <c r="AC2" s="3"/>
+      <c r="AD2" s="3"/>
+      <c r="AE2" s="3"/>
+      <c r="AF2" s="3"/>
+      <c r="AG2" s="3"/>
     </row>
     <row r="3" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="X3" s="3"/>
-[...8 lines deleted...]
-      <c r="AG3" s="4"/>
+      <c r="X3" s="4"/>
+      <c r="Y3" s="4"/>
+      <c r="Z3" s="4"/>
+      <c r="AA3" s="4"/>
+      <c r="AB3" s="5"/>
+      <c r="AC3" s="5"/>
+      <c r="AD3" s="5"/>
+      <c r="AE3" s="5"/>
+      <c r="AF3" s="5"/>
+      <c r="AG3" s="5"/>
     </row>
     <row r="4" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="X4" s="3"/>
-[...8 lines deleted...]
-      <c r="AG4" s="4"/>
+      <c r="X4" s="4"/>
+      <c r="Y4" s="4"/>
+      <c r="Z4" s="4"/>
+      <c r="AA4" s="4"/>
+      <c r="AB4" s="5"/>
+      <c r="AC4" s="5"/>
+      <c r="AD4" s="5"/>
+      <c r="AE4" s="5"/>
+      <c r="AF4" s="5"/>
+      <c r="AG4" s="5"/>
     </row>
     <row r="5" spans="1:33" ht="18" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A5" s="70" t="s">
+      <c r="A5" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="B5" s="70"/>
-[...30 lines deleted...]
-      <c r="AG5" s="70"/>
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
+      <c r="I5" s="6"/>
+      <c r="J5" s="6"/>
+      <c r="K5" s="6"/>
+      <c r="L5" s="6"/>
+      <c r="M5" s="6"/>
+      <c r="N5" s="6"/>
+      <c r="O5" s="6"/>
+      <c r="P5" s="6"/>
+      <c r="Q5" s="6"/>
+      <c r="R5" s="6"/>
+      <c r="S5" s="6"/>
+      <c r="T5" s="6"/>
+      <c r="U5" s="6"/>
+      <c r="V5" s="6"/>
+      <c r="W5" s="6"/>
+      <c r="X5" s="6"/>
+      <c r="Y5" s="6"/>
+      <c r="Z5" s="6"/>
+      <c r="AA5" s="6"/>
+      <c r="AB5" s="6"/>
+      <c r="AC5" s="6"/>
+      <c r="AD5" s="6"/>
+      <c r="AE5" s="6"/>
+      <c r="AF5" s="6"/>
+      <c r="AG5" s="6"/>
     </row>
     <row r="6" spans="1:33" ht="18" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A6" s="70"/>
-[...31 lines deleted...]
-      <c r="AG6" s="70"/>
+      <c r="A6" s="6"/>
+      <c r="B6" s="6"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="6"/>
+      <c r="G6" s="6"/>
+      <c r="H6" s="6"/>
+      <c r="I6" s="6"/>
+      <c r="J6" s="6"/>
+      <c r="K6" s="6"/>
+      <c r="L6" s="6"/>
+      <c r="M6" s="6"/>
+      <c r="N6" s="6"/>
+      <c r="O6" s="6"/>
+      <c r="P6" s="6"/>
+      <c r="Q6" s="6"/>
+      <c r="R6" s="6"/>
+      <c r="S6" s="6"/>
+      <c r="T6" s="6"/>
+      <c r="U6" s="6"/>
+      <c r="V6" s="6"/>
+      <c r="W6" s="6"/>
+      <c r="X6" s="6"/>
+      <c r="Y6" s="6"/>
+      <c r="Z6" s="6"/>
+      <c r="AA6" s="6"/>
+      <c r="AB6" s="6"/>
+      <c r="AC6" s="6"/>
+      <c r="AD6" s="6"/>
+      <c r="AE6" s="6"/>
+      <c r="AF6" s="6"/>
+      <c r="AG6" s="6"/>
     </row>
     <row r="8" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="S8" s="2"/>
-[...2 lines deleted...]
-      <c r="V8" s="68" t="s">
+      <c r="S8" s="7"/>
+      <c r="T8" s="7"/>
+      <c r="U8" s="7"/>
+      <c r="V8" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="W8" s="68"/>
-[...9 lines deleted...]
-      <c r="AG8" s="68"/>
+      <c r="W8" s="8"/>
+      <c r="X8" s="8"/>
+      <c r="Y8" s="8"/>
+      <c r="Z8" s="8"/>
+      <c r="AA8" s="8"/>
+      <c r="AB8" s="8"/>
+      <c r="AC8" s="8"/>
+      <c r="AD8" s="8"/>
+      <c r="AE8" s="8"/>
+      <c r="AF8" s="8"/>
+      <c r="AG8" s="8"/>
     </row>
     <row r="9" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="S9" s="2"/>
-[...13 lines deleted...]
-      <c r="AG9" s="68"/>
+      <c r="S9" s="7"/>
+      <c r="T9" s="7"/>
+      <c r="U9" s="7"/>
+      <c r="V9" s="8"/>
+      <c r="W9" s="8"/>
+      <c r="X9" s="8"/>
+      <c r="Y9" s="8"/>
+      <c r="Z9" s="8"/>
+      <c r="AA9" s="8"/>
+      <c r="AB9" s="8"/>
+      <c r="AC9" s="8"/>
+      <c r="AD9" s="8"/>
+      <c r="AE9" s="8"/>
+      <c r="AF9" s="8"/>
+      <c r="AG9" s="8"/>
     </row>
     <row r="10" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="S10" s="2"/>
-[...13 lines deleted...]
-      <c r="AG10" s="5"/>
+      <c r="S10" s="7"/>
+      <c r="T10" s="7"/>
+      <c r="U10" s="7"/>
+      <c r="V10" s="9"/>
+      <c r="W10" s="9"/>
+      <c r="X10" s="9"/>
+      <c r="Y10" s="9"/>
+      <c r="Z10" s="9"/>
+      <c r="AA10" s="9"/>
+      <c r="AB10" s="9"/>
+      <c r="AC10" s="9"/>
+      <c r="AD10" s="9"/>
+      <c r="AE10" s="9"/>
+      <c r="AF10" s="9"/>
+      <c r="AG10" s="9"/>
     </row>
     <row r="12" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A12" s="69" t="s">
+      <c r="A12" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="B12" s="69"/>
-[...11 lines deleted...]
-      <c r="N12" s="69"/>
+      <c r="B12" s="10"/>
+      <c r="C12" s="10"/>
+      <c r="D12" s="10"/>
+      <c r="E12" s="10"/>
+      <c r="F12" s="10"/>
+      <c r="G12" s="10"/>
+      <c r="H12" s="10"/>
+      <c r="I12" s="10"/>
+      <c r="J12" s="10"/>
+      <c r="K12" s="10"/>
+      <c r="L12" s="10"/>
+      <c r="M12" s="10"/>
+      <c r="N12" s="10"/>
     </row>
     <row r="13" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A13" s="69"/>
-[...12 lines deleted...]
-      <c r="N13" s="69"/>
+      <c r="A13" s="10"/>
+      <c r="B13" s="10"/>
+      <c r="C13" s="10"/>
+      <c r="D13" s="10"/>
+      <c r="E13" s="10"/>
+      <c r="F13" s="10"/>
+      <c r="G13" s="10"/>
+      <c r="H13" s="10"/>
+      <c r="I13" s="10"/>
+      <c r="J13" s="10"/>
+      <c r="K13" s="10"/>
+      <c r="L13" s="10"/>
+      <c r="M13" s="10"/>
+      <c r="N13" s="10"/>
     </row>
     <row r="15" spans="1:33" ht="18" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="P15" s="71" t="s">
+      <c r="P15" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="Q15" s="71"/>
-[...15 lines deleted...]
-      <c r="AG15" s="72"/>
+      <c r="Q15" s="11"/>
+      <c r="R15" s="11"/>
+      <c r="S15" s="11"/>
+      <c r="T15" s="12"/>
+      <c r="U15" s="12"/>
+      <c r="V15" s="12"/>
+      <c r="W15" s="12"/>
+      <c r="X15" s="12"/>
+      <c r="Y15" s="12"/>
+      <c r="Z15" s="12"/>
+      <c r="AA15" s="12"/>
+      <c r="AB15" s="12"/>
+      <c r="AC15" s="12"/>
+      <c r="AD15" s="12"/>
+      <c r="AE15" s="12"/>
+      <c r="AF15" s="12"/>
+      <c r="AG15" s="12"/>
     </row>
     <row r="16" spans="1:33" ht="18" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="P16" s="71"/>
-[...16 lines deleted...]
-      <c r="AG16" s="72"/>
+      <c r="P16" s="11"/>
+      <c r="Q16" s="11"/>
+      <c r="R16" s="11"/>
+      <c r="S16" s="11"/>
+      <c r="T16" s="12"/>
+      <c r="U16" s="12"/>
+      <c r="V16" s="12"/>
+      <c r="W16" s="12"/>
+      <c r="X16" s="12"/>
+      <c r="Y16" s="12"/>
+      <c r="Z16" s="12"/>
+      <c r="AA16" s="12"/>
+      <c r="AB16" s="12"/>
+      <c r="AC16" s="12"/>
+      <c r="AD16" s="12"/>
+      <c r="AE16" s="12"/>
+      <c r="AF16" s="12"/>
+      <c r="AG16" s="12"/>
     </row>
     <row r="17" spans="1:33" ht="18" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="P17" s="71" t="s">
+      <c r="P17" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="Q17" s="71"/>
-[...12 lines deleted...]
-      <c r="AE17" s="73" t="s">
+      <c r="Q17" s="11"/>
+      <c r="R17" s="11"/>
+      <c r="S17" s="11"/>
+      <c r="T17" s="12"/>
+      <c r="U17" s="12"/>
+      <c r="V17" s="12"/>
+      <c r="W17" s="12"/>
+      <c r="X17" s="12"/>
+      <c r="Y17" s="12"/>
+      <c r="Z17" s="12"/>
+      <c r="AA17" s="12"/>
+      <c r="AB17" s="12"/>
+      <c r="AC17" s="12"/>
+      <c r="AE17" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="AF17" s="74"/>
+      <c r="AF17" s="14"/>
     </row>
     <row r="18" spans="1:33" ht="18" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="P18" s="71"/>
-[...14 lines deleted...]
-      <c r="AF18" s="76"/>
+      <c r="P18" s="11"/>
+      <c r="Q18" s="11"/>
+      <c r="R18" s="11"/>
+      <c r="S18" s="11"/>
+      <c r="T18" s="12"/>
+      <c r="U18" s="12"/>
+      <c r="V18" s="12"/>
+      <c r="W18" s="12"/>
+      <c r="X18" s="12"/>
+      <c r="Y18" s="12"/>
+      <c r="Z18" s="12"/>
+      <c r="AA18" s="12"/>
+      <c r="AB18" s="12"/>
+      <c r="AC18" s="12"/>
+      <c r="AE18" s="15"/>
+      <c r="AF18" s="16"/>
     </row>
     <row r="21" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A21" s="67" t="s">
+      <c r="A21" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="B21" s="67"/>
-[...30 lines deleted...]
-      <c r="AG21" s="67"/>
+      <c r="B21" s="17"/>
+      <c r="C21" s="17"/>
+      <c r="D21" s="17"/>
+      <c r="E21" s="17"/>
+      <c r="F21" s="17"/>
+      <c r="G21" s="17"/>
+      <c r="H21" s="17"/>
+      <c r="I21" s="17"/>
+      <c r="J21" s="17"/>
+      <c r="K21" s="17"/>
+      <c r="L21" s="17"/>
+      <c r="M21" s="17"/>
+      <c r="N21" s="17"/>
+      <c r="O21" s="17"/>
+      <c r="P21" s="17"/>
+      <c r="Q21" s="17"/>
+      <c r="R21" s="17"/>
+      <c r="S21" s="17"/>
+      <c r="T21" s="17"/>
+      <c r="U21" s="17"/>
+      <c r="V21" s="17"/>
+      <c r="W21" s="17"/>
+      <c r="X21" s="17"/>
+      <c r="Y21" s="17"/>
+      <c r="Z21" s="17"/>
+      <c r="AA21" s="17"/>
+      <c r="AB21" s="17"/>
+      <c r="AC21" s="17"/>
+      <c r="AD21" s="17"/>
+      <c r="AE21" s="17"/>
+      <c r="AF21" s="17"/>
+      <c r="AG21" s="17"/>
     </row>
     <row r="22" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A22" s="67"/>
-[...31 lines deleted...]
-      <c r="AG22" s="67"/>
+      <c r="A22" s="17"/>
+      <c r="B22" s="17"/>
+      <c r="C22" s="17"/>
+      <c r="D22" s="17"/>
+      <c r="E22" s="17"/>
+      <c r="F22" s="17"/>
+      <c r="G22" s="17"/>
+      <c r="H22" s="17"/>
+      <c r="I22" s="17"/>
+      <c r="J22" s="17"/>
+      <c r="K22" s="17"/>
+      <c r="L22" s="17"/>
+      <c r="M22" s="17"/>
+      <c r="N22" s="17"/>
+      <c r="O22" s="17"/>
+      <c r="P22" s="17"/>
+      <c r="Q22" s="17"/>
+      <c r="R22" s="17"/>
+      <c r="S22" s="17"/>
+      <c r="T22" s="17"/>
+      <c r="U22" s="17"/>
+      <c r="V22" s="17"/>
+      <c r="W22" s="17"/>
+      <c r="X22" s="17"/>
+      <c r="Y22" s="17"/>
+      <c r="Z22" s="17"/>
+      <c r="AA22" s="17"/>
+      <c r="AB22" s="17"/>
+      <c r="AC22" s="17"/>
+      <c r="AD22" s="17"/>
+      <c r="AE22" s="17"/>
+      <c r="AF22" s="17"/>
+      <c r="AG22" s="17"/>
     </row>
     <row r="23" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A23" s="14" t="s">
+      <c r="A23" s="18" t="s">
         <v>11</v>
       </c>
-      <c r="B23" s="15"/>
-[...12 lines deleted...]
-      <c r="O23" s="14" t="s">
+      <c r="B23" s="19"/>
+      <c r="C23" s="19"/>
+      <c r="D23" s="19"/>
+      <c r="E23" s="20"/>
+      <c r="F23" s="20"/>
+      <c r="G23" s="20"/>
+      <c r="H23" s="20"/>
+      <c r="I23" s="20"/>
+      <c r="J23" s="20"/>
+      <c r="K23" s="20"/>
+      <c r="L23" s="20"/>
+      <c r="M23" s="20"/>
+      <c r="N23" s="21"/>
+      <c r="O23" s="18" t="s">
         <v>13</v>
       </c>
-      <c r="P23" s="15"/>
-      <c r="Q23" s="15"/>
+      <c r="P23" s="19"/>
+      <c r="Q23" s="19"/>
       <c r="R23" s="22"/>
-      <c r="S23" s="15" t="s">
+      <c r="S23" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="T23" s="15"/>
-[...11 lines deleted...]
-      <c r="AF23" s="15"/>
+      <c r="T23" s="19"/>
+      <c r="U23" s="19"/>
+      <c r="V23" s="19"/>
+      <c r="W23" s="19"/>
+      <c r="X23" s="19"/>
+      <c r="Y23" s="19"/>
+      <c r="Z23" s="19"/>
+      <c r="AA23" s="19"/>
+      <c r="AB23" s="19"/>
+      <c r="AC23" s="19"/>
+      <c r="AD23" s="19"/>
+      <c r="AE23" s="19"/>
+      <c r="AF23" s="19"/>
       <c r="AG23" s="22"/>
     </row>
     <row r="24" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A24" s="42" t="s">
+      <c r="A24" s="23" t="s">
         <v>12</v>
       </c>
-      <c r="B24" s="25"/>
-[...16 lines deleted...]
-      <c r="S24" s="30" t="s">
+      <c r="B24" s="24"/>
+      <c r="C24" s="24"/>
+      <c r="D24" s="24"/>
+      <c r="E24" s="25"/>
+      <c r="F24" s="26"/>
+      <c r="G24" s="26"/>
+      <c r="H24" s="26"/>
+      <c r="I24" s="26"/>
+      <c r="J24" s="26"/>
+      <c r="K24" s="26"/>
+      <c r="L24" s="26"/>
+      <c r="M24" s="26"/>
+      <c r="N24" s="26"/>
+      <c r="O24" s="25"/>
+      <c r="P24" s="26"/>
+      <c r="Q24" s="26"/>
+      <c r="R24" s="27"/>
+      <c r="S24" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="T24" s="30"/>
-[...3 lines deleted...]
-      <c r="X24" s="17" t="s">
+      <c r="T24" s="26"/>
+      <c r="U24" s="26"/>
+      <c r="V24" s="26"/>
+      <c r="W24" s="26"/>
+      <c r="X24" s="28" t="s">
         <v>2</v>
       </c>
-      <c r="Y24" s="17"/>
-[...2 lines deleted...]
-      <c r="AB24" s="17" t="s">
+      <c r="Y24" s="28"/>
+      <c r="Z24" s="26"/>
+      <c r="AA24" s="26"/>
+      <c r="AB24" s="28" t="s">
         <v>1</v>
       </c>
-      <c r="AC24" s="17"/>
-[...2 lines deleted...]
-      <c r="AF24" s="17" t="s">
+      <c r="AC24" s="28"/>
+      <c r="AD24" s="26"/>
+      <c r="AE24" s="26"/>
+      <c r="AF24" s="28" t="s">
         <v>0</v>
       </c>
-      <c r="AG24" s="49"/>
+      <c r="AG24" s="29"/>
     </row>
     <row r="25" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A25" s="42"/>
-[...31 lines deleted...]
-      <c r="AG25" s="49"/>
+      <c r="A25" s="23"/>
+      <c r="B25" s="24"/>
+      <c r="C25" s="24"/>
+      <c r="D25" s="24"/>
+      <c r="E25" s="25"/>
+      <c r="F25" s="26"/>
+      <c r="G25" s="26"/>
+      <c r="H25" s="26"/>
+      <c r="I25" s="26"/>
+      <c r="J25" s="26"/>
+      <c r="K25" s="26"/>
+      <c r="L25" s="26"/>
+      <c r="M25" s="26"/>
+      <c r="N25" s="26"/>
+      <c r="O25" s="25"/>
+      <c r="P25" s="26"/>
+      <c r="Q25" s="26"/>
+      <c r="R25" s="27"/>
+      <c r="S25" s="26"/>
+      <c r="T25" s="26"/>
+      <c r="U25" s="26"/>
+      <c r="V25" s="26"/>
+      <c r="W25" s="26"/>
+      <c r="X25" s="28"/>
+      <c r="Y25" s="28"/>
+      <c r="Z25" s="26"/>
+      <c r="AA25" s="26"/>
+      <c r="AB25" s="28"/>
+      <c r="AC25" s="28"/>
+      <c r="AD25" s="26"/>
+      <c r="AE25" s="26"/>
+      <c r="AF25" s="28"/>
+      <c r="AG25" s="29"/>
     </row>
     <row r="26" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A26" s="43"/>
-[...2 lines deleted...]
-      <c r="D26" s="27"/>
+      <c r="A26" s="30"/>
+      <c r="B26" s="31"/>
+      <c r="C26" s="31"/>
+      <c r="D26" s="31"/>
       <c r="E26" s="32"/>
       <c r="F26" s="33"/>
       <c r="G26" s="33"/>
       <c r="H26" s="33"/>
       <c r="I26" s="33"/>
       <c r="J26" s="33"/>
       <c r="K26" s="33"/>
       <c r="L26" s="33"/>
       <c r="M26" s="33"/>
       <c r="N26" s="33"/>
       <c r="O26" s="32"/>
       <c r="P26" s="33"/>
       <c r="Q26" s="33"/>
       <c r="R26" s="34"/>
       <c r="S26" s="33"/>
       <c r="T26" s="33"/>
       <c r="U26" s="33"/>
       <c r="V26" s="33"/>
       <c r="W26" s="33"/>
-      <c r="X26" s="18"/>
-      <c r="Y26" s="18"/>
+      <c r="X26" s="35"/>
+      <c r="Y26" s="35"/>
       <c r="Z26" s="33"/>
       <c r="AA26" s="33"/>
-      <c r="AB26" s="18"/>
-      <c r="AC26" s="18"/>
+      <c r="AB26" s="35"/>
+      <c r="AC26" s="35"/>
       <c r="AD26" s="33"/>
       <c r="AE26" s="33"/>
-      <c r="AF26" s="18"/>
-      <c r="AG26" s="50"/>
+      <c r="AF26" s="35"/>
+      <c r="AG26" s="36"/>
     </row>
     <row r="27" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A27" s="46" t="s">
+      <c r="A27" s="37" t="s">
         <v>22</v>
       </c>
-      <c r="B27" s="23"/>
-[...2 lines deleted...]
-      <c r="E27" s="14" t="s">
+      <c r="B27" s="38"/>
+      <c r="C27" s="38"/>
+      <c r="D27" s="38"/>
+      <c r="E27" s="18" t="s">
         <v>18</v>
       </c>
-      <c r="F27" s="15"/>
-[...6 lines deleted...]
-      <c r="M27" s="15"/>
+      <c r="F27" s="19"/>
+      <c r="G27" s="19"/>
+      <c r="H27" s="19"/>
+      <c r="I27" s="19"/>
+      <c r="J27" s="19"/>
+      <c r="K27" s="19"/>
+      <c r="L27" s="19"/>
+      <c r="M27" s="19"/>
       <c r="N27" s="22"/>
-      <c r="O27" s="8"/>
-[...14 lines deleted...]
-      <c r="AD27" s="23" t="s">
+      <c r="O27" s="75"/>
+      <c r="P27" s="55"/>
+      <c r="Q27" s="55"/>
+      <c r="R27" s="55"/>
+      <c r="S27" s="55"/>
+      <c r="T27" s="55"/>
+      <c r="U27" s="55"/>
+      <c r="V27" s="55"/>
+      <c r="W27" s="55"/>
+      <c r="X27" s="55"/>
+      <c r="Y27" s="55"/>
+      <c r="Z27" s="55"/>
+      <c r="AA27" s="55"/>
+      <c r="AB27" s="55"/>
+      <c r="AC27" s="55"/>
+      <c r="AD27" s="38" t="s">
         <v>19</v>
       </c>
-      <c r="AE27" s="23"/>
-[...1 lines deleted...]
-      <c r="AG27" s="24"/>
+      <c r="AE27" s="38"/>
+      <c r="AF27" s="38"/>
+      <c r="AG27" s="41"/>
     </row>
     <row r="28" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A28" s="42"/>
-[...31 lines deleted...]
-      <c r="AG28" s="26"/>
+      <c r="A28" s="23"/>
+      <c r="B28" s="24"/>
+      <c r="C28" s="24"/>
+      <c r="D28" s="24"/>
+      <c r="E28" s="42"/>
+      <c r="F28" s="43"/>
+      <c r="G28" s="43"/>
+      <c r="H28" s="43"/>
+      <c r="I28" s="43"/>
+      <c r="J28" s="43"/>
+      <c r="K28" s="43"/>
+      <c r="L28" s="43"/>
+      <c r="M28" s="43"/>
+      <c r="N28" s="44"/>
+      <c r="O28" s="51"/>
+      <c r="P28" s="28"/>
+      <c r="Q28" s="28"/>
+      <c r="R28" s="28"/>
+      <c r="S28" s="28"/>
+      <c r="T28" s="28"/>
+      <c r="U28" s="28"/>
+      <c r="V28" s="28"/>
+      <c r="W28" s="28"/>
+      <c r="X28" s="28"/>
+      <c r="Y28" s="28"/>
+      <c r="Z28" s="28"/>
+      <c r="AA28" s="28"/>
+      <c r="AB28" s="28"/>
+      <c r="AC28" s="28"/>
+      <c r="AD28" s="24"/>
+      <c r="AE28" s="24"/>
+      <c r="AF28" s="24"/>
+      <c r="AG28" s="47"/>
     </row>
     <row r="29" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A29" s="42"/>
-[...31 lines deleted...]
-      <c r="AG29" s="26"/>
+      <c r="A29" s="23"/>
+      <c r="B29" s="24"/>
+      <c r="C29" s="24"/>
+      <c r="D29" s="24"/>
+      <c r="E29" s="25"/>
+      <c r="F29" s="26"/>
+      <c r="G29" s="26"/>
+      <c r="H29" s="26"/>
+      <c r="I29" s="26"/>
+      <c r="J29" s="26"/>
+      <c r="K29" s="26"/>
+      <c r="L29" s="26"/>
+      <c r="M29" s="26"/>
+      <c r="N29" s="27"/>
+      <c r="O29" s="51"/>
+      <c r="P29" s="28"/>
+      <c r="Q29" s="28"/>
+      <c r="R29" s="28"/>
+      <c r="S29" s="28"/>
+      <c r="T29" s="28"/>
+      <c r="U29" s="28"/>
+      <c r="V29" s="28"/>
+      <c r="W29" s="28"/>
+      <c r="X29" s="28"/>
+      <c r="Y29" s="28"/>
+      <c r="Z29" s="28"/>
+      <c r="AA29" s="28"/>
+      <c r="AB29" s="28"/>
+      <c r="AC29" s="28"/>
+      <c r="AD29" s="24"/>
+      <c r="AE29" s="24"/>
+      <c r="AF29" s="24"/>
+      <c r="AG29" s="47"/>
     </row>
     <row r="30" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A30" s="42"/>
-[...2 lines deleted...]
-      <c r="D30" s="25"/>
+      <c r="A30" s="23"/>
+      <c r="B30" s="24"/>
+      <c r="C30" s="24"/>
+      <c r="D30" s="24"/>
       <c r="E30" s="32"/>
       <c r="F30" s="33"/>
       <c r="G30" s="33"/>
       <c r="H30" s="33"/>
       <c r="I30" s="33"/>
       <c r="J30" s="33"/>
       <c r="K30" s="33"/>
       <c r="L30" s="33"/>
       <c r="M30" s="33"/>
       <c r="N30" s="34"/>
-      <c r="O30" s="12"/>
-[...17 lines deleted...]
-      <c r="AG30" s="28"/>
+      <c r="O30" s="52"/>
+      <c r="P30" s="35"/>
+      <c r="Q30" s="35"/>
+      <c r="R30" s="35"/>
+      <c r="S30" s="35"/>
+      <c r="T30" s="35"/>
+      <c r="U30" s="35"/>
+      <c r="V30" s="35"/>
+      <c r="W30" s="35"/>
+      <c r="X30" s="35"/>
+      <c r="Y30" s="35"/>
+      <c r="Z30" s="35"/>
+      <c r="AA30" s="35"/>
+      <c r="AB30" s="35"/>
+      <c r="AC30" s="35"/>
+      <c r="AD30" s="31"/>
+      <c r="AE30" s="31"/>
+      <c r="AF30" s="31"/>
+      <c r="AG30" s="48"/>
     </row>
     <row r="31" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A31" s="42"/>
-[...3 lines deleted...]
-      <c r="E31" s="14" t="s">
+      <c r="A31" s="23"/>
+      <c r="B31" s="24"/>
+      <c r="C31" s="24"/>
+      <c r="D31" s="24"/>
+      <c r="E31" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="F31" s="15"/>
-[...13 lines deleted...]
-        <v>27</v>
+      <c r="F31" s="19"/>
+      <c r="G31" s="19"/>
+      <c r="H31" s="19"/>
+      <c r="I31" s="19"/>
+      <c r="J31" s="19"/>
+      <c r="K31" s="19"/>
+      <c r="L31" s="19"/>
+      <c r="M31" s="19"/>
+      <c r="N31" s="19"/>
+      <c r="O31" s="19"/>
+      <c r="P31" s="19"/>
+      <c r="Q31" s="19"/>
+      <c r="R31" s="19"/>
+      <c r="S31" s="18" t="s">
+        <v>26</v>
       </c>
-      <c r="T31" s="15"/>
-[...11 lines deleted...]
-      <c r="AF31" s="15"/>
+      <c r="T31" s="19"/>
+      <c r="U31" s="19"/>
+      <c r="V31" s="19"/>
+      <c r="W31" s="19"/>
+      <c r="X31" s="19"/>
+      <c r="Y31" s="19"/>
+      <c r="Z31" s="19"/>
+      <c r="AA31" s="19"/>
+      <c r="AB31" s="19"/>
+      <c r="AC31" s="19"/>
+      <c r="AD31" s="19"/>
+      <c r="AE31" s="19"/>
+      <c r="AF31" s="19"/>
       <c r="AG31" s="22"/>
     </row>
     <row r="32" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A32" s="42"/>
-[...15 lines deleted...]
-      <c r="Q32" s="16" t="s">
+      <c r="A32" s="23"/>
+      <c r="B32" s="24"/>
+      <c r="C32" s="24"/>
+      <c r="D32" s="24"/>
+      <c r="E32" s="49"/>
+      <c r="F32" s="50"/>
+      <c r="G32" s="50"/>
+      <c r="H32" s="50"/>
+      <c r="I32" s="50"/>
+      <c r="J32" s="50"/>
+      <c r="K32" s="50"/>
+      <c r="L32" s="50"/>
+      <c r="M32" s="50"/>
+      <c r="N32" s="50"/>
+      <c r="O32" s="50"/>
+      <c r="P32" s="50"/>
+      <c r="Q32" s="50" t="s">
         <v>20</v>
       </c>
-      <c r="R32" s="16"/>
-      <c r="S32" s="19" t="s">
+      <c r="R32" s="50"/>
+      <c r="S32" s="49" t="s">
         <v>3</v>
       </c>
-      <c r="T32" s="16"/>
-[...14 lines deleted...]
-      <c r="AG32" s="31"/>
+      <c r="T32" s="50"/>
+      <c r="U32" s="50"/>
+      <c r="V32" s="50"/>
+      <c r="W32" s="50"/>
+      <c r="X32" s="43"/>
+      <c r="Y32" s="43"/>
+      <c r="Z32" s="43"/>
+      <c r="AA32" s="43"/>
+      <c r="AB32" s="43"/>
+      <c r="AC32" s="43"/>
+      <c r="AD32" s="43"/>
+      <c r="AE32" s="43"/>
+      <c r="AF32" s="43"/>
+      <c r="AG32" s="44"/>
     </row>
     <row r="33" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A33" s="42"/>
-[...31 lines deleted...]
-      <c r="AG33" s="31"/>
+      <c r="A33" s="23"/>
+      <c r="B33" s="24"/>
+      <c r="C33" s="24"/>
+      <c r="D33" s="24"/>
+      <c r="E33" s="51"/>
+      <c r="F33" s="28"/>
+      <c r="G33" s="28"/>
+      <c r="H33" s="28"/>
+      <c r="I33" s="28"/>
+      <c r="J33" s="28"/>
+      <c r="K33" s="28"/>
+      <c r="L33" s="28"/>
+      <c r="M33" s="28"/>
+      <c r="N33" s="28"/>
+      <c r="O33" s="28"/>
+      <c r="P33" s="28"/>
+      <c r="Q33" s="28"/>
+      <c r="R33" s="28"/>
+      <c r="S33" s="51"/>
+      <c r="T33" s="28"/>
+      <c r="U33" s="28"/>
+      <c r="V33" s="28"/>
+      <c r="W33" s="28"/>
+      <c r="X33" s="26"/>
+      <c r="Y33" s="26"/>
+      <c r="Z33" s="26"/>
+      <c r="AA33" s="26"/>
+      <c r="AB33" s="26"/>
+      <c r="AC33" s="26"/>
+      <c r="AD33" s="26"/>
+      <c r="AE33" s="26"/>
+      <c r="AF33" s="26"/>
+      <c r="AG33" s="27"/>
     </row>
     <row r="34" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A34" s="43"/>
-[...21 lines deleted...]
-      <c r="W34" s="18"/>
+      <c r="A34" s="30"/>
+      <c r="B34" s="31"/>
+      <c r="C34" s="31"/>
+      <c r="D34" s="31"/>
+      <c r="E34" s="52"/>
+      <c r="F34" s="35"/>
+      <c r="G34" s="35"/>
+      <c r="H34" s="35"/>
+      <c r="I34" s="35"/>
+      <c r="J34" s="35"/>
+      <c r="K34" s="35"/>
+      <c r="L34" s="35"/>
+      <c r="M34" s="35"/>
+      <c r="N34" s="35"/>
+      <c r="O34" s="35"/>
+      <c r="P34" s="35"/>
+      <c r="Q34" s="35"/>
+      <c r="R34" s="35"/>
+      <c r="S34" s="52"/>
+      <c r="T34" s="35"/>
+      <c r="U34" s="35"/>
+      <c r="V34" s="35"/>
+      <c r="W34" s="35"/>
       <c r="X34" s="33"/>
       <c r="Y34" s="33"/>
-      <c r="Z34" s="18"/>
-      <c r="AA34" s="18"/>
+      <c r="Z34" s="33"/>
+      <c r="AA34" s="33"/>
       <c r="AB34" s="33"/>
       <c r="AC34" s="33"/>
       <c r="AD34" s="33"/>
       <c r="AE34" s="33"/>
       <c r="AF34" s="33"/>
       <c r="AG34" s="34"/>
     </row>
-    <row r="35" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A35" s="46" t="s">
+    <row r="35" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A35" s="37" t="s">
         <v>23</v>
       </c>
-      <c r="B35" s="23"/>
-[...27 lines deleted...]
-      <c r="AB35" s="47" t="s">
+      <c r="B35" s="38"/>
+      <c r="C35" s="38"/>
+      <c r="D35" s="41"/>
+      <c r="E35" s="53"/>
+      <c r="F35" s="54"/>
+      <c r="G35" s="54"/>
+      <c r="H35" s="54"/>
+      <c r="I35" s="54"/>
+      <c r="J35" s="54"/>
+      <c r="K35" s="54"/>
+      <c r="L35" s="54"/>
+      <c r="M35" s="55" t="s">
         <v>24</v>
       </c>
-      <c r="AC35" s="47"/>
-[...44 lines deleted...]
-      <c r="D37" s="28"/>
+      <c r="N35" s="55"/>
+      <c r="O35" s="55"/>
+      <c r="P35" s="55"/>
+      <c r="Q35" s="55"/>
+      <c r="R35" s="55"/>
+      <c r="S35" s="54"/>
+      <c r="T35" s="54"/>
+      <c r="U35" s="54"/>
+      <c r="V35" s="54"/>
+      <c r="W35" s="54"/>
+      <c r="X35" s="54"/>
+      <c r="Y35" s="54"/>
+      <c r="Z35" s="54"/>
+      <c r="AA35" s="54"/>
+      <c r="AB35" s="54"/>
+      <c r="AC35" s="54"/>
+      <c r="AD35" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="AE35" s="55"/>
+      <c r="AF35" s="55"/>
+      <c r="AG35" s="56"/>
+    </row>
+    <row r="36" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A36" s="23"/>
+      <c r="B36" s="24"/>
+      <c r="C36" s="24"/>
+      <c r="D36" s="47"/>
+      <c r="E36" s="25"/>
+      <c r="F36" s="26"/>
+      <c r="G36" s="26"/>
+      <c r="H36" s="26"/>
+      <c r="I36" s="26"/>
+      <c r="J36" s="26"/>
+      <c r="K36" s="26"/>
+      <c r="L36" s="26"/>
+      <c r="M36" s="28"/>
+      <c r="N36" s="28"/>
+      <c r="O36" s="28"/>
+      <c r="P36" s="28"/>
+      <c r="Q36" s="28"/>
+      <c r="R36" s="28"/>
+      <c r="S36" s="26"/>
+      <c r="T36" s="26"/>
+      <c r="U36" s="26"/>
+      <c r="V36" s="26"/>
+      <c r="W36" s="26"/>
+      <c r="X36" s="26"/>
+      <c r="Y36" s="26"/>
+      <c r="Z36" s="26"/>
+      <c r="AA36" s="26"/>
+      <c r="AB36" s="26"/>
+      <c r="AC36" s="26"/>
+      <c r="AD36" s="28"/>
+      <c r="AE36" s="28"/>
+      <c r="AF36" s="28"/>
+      <c r="AG36" s="29"/>
+    </row>
+    <row r="37" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A37" s="30"/>
+      <c r="B37" s="31"/>
+      <c r="C37" s="31"/>
+      <c r="D37" s="48"/>
       <c r="E37" s="32"/>
       <c r="F37" s="33"/>
       <c r="G37" s="33"/>
       <c r="H37" s="33"/>
       <c r="I37" s="33"/>
       <c r="J37" s="33"/>
       <c r="K37" s="33"/>
       <c r="L37" s="33"/>
-      <c r="M37" s="18"/>
-[...4 lines deleted...]
-      <c r="R37" s="18"/>
+      <c r="M37" s="35"/>
+      <c r="N37" s="35"/>
+      <c r="O37" s="35"/>
+      <c r="P37" s="35"/>
+      <c r="Q37" s="35"/>
+      <c r="R37" s="35"/>
       <c r="S37" s="33"/>
       <c r="T37" s="33"/>
       <c r="U37" s="33"/>
       <c r="V37" s="33"/>
       <c r="W37" s="33"/>
       <c r="X37" s="33"/>
       <c r="Y37" s="33"/>
       <c r="Z37" s="33"/>
       <c r="AA37" s="33"/>
-      <c r="AB37" s="18"/>
-[...4 lines deleted...]
-      <c r="AG37" s="50"/>
+      <c r="AB37" s="33"/>
+      <c r="AC37" s="33"/>
+      <c r="AD37" s="35"/>
+      <c r="AE37" s="35"/>
+      <c r="AF37" s="35"/>
+      <c r="AG37" s="36"/>
     </row>
     <row r="38" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A38" s="42" t="s">
+      <c r="A38" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="B38" s="25"/>
-[...30 lines deleted...]
-      <c r="AG38" s="31"/>
+      <c r="B38" s="24"/>
+      <c r="C38" s="24"/>
+      <c r="D38" s="24"/>
+      <c r="E38" s="25"/>
+      <c r="F38" s="26"/>
+      <c r="G38" s="26"/>
+      <c r="H38" s="26"/>
+      <c r="I38" s="26"/>
+      <c r="J38" s="26"/>
+      <c r="K38" s="26"/>
+      <c r="L38" s="26"/>
+      <c r="M38" s="26"/>
+      <c r="N38" s="26"/>
+      <c r="O38" s="26"/>
+      <c r="P38" s="26"/>
+      <c r="Q38" s="26"/>
+      <c r="R38" s="26"/>
+      <c r="S38" s="26"/>
+      <c r="T38" s="26"/>
+      <c r="U38" s="26"/>
+      <c r="V38" s="26"/>
+      <c r="W38" s="26"/>
+      <c r="X38" s="26"/>
+      <c r="Y38" s="26"/>
+      <c r="Z38" s="26"/>
+      <c r="AA38" s="26"/>
+      <c r="AB38" s="26"/>
+      <c r="AC38" s="26"/>
+      <c r="AD38" s="26"/>
+      <c r="AE38" s="26"/>
+      <c r="AF38" s="26"/>
+      <c r="AG38" s="27"/>
     </row>
     <row r="39" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A39" s="42"/>
-[...31 lines deleted...]
-      <c r="AG39" s="31"/>
+      <c r="A39" s="23"/>
+      <c r="B39" s="24"/>
+      <c r="C39" s="24"/>
+      <c r="D39" s="24"/>
+      <c r="E39" s="25"/>
+      <c r="F39" s="26"/>
+      <c r="G39" s="26"/>
+      <c r="H39" s="26"/>
+      <c r="I39" s="26"/>
+      <c r="J39" s="26"/>
+      <c r="K39" s="26"/>
+      <c r="L39" s="26"/>
+      <c r="M39" s="26"/>
+      <c r="N39" s="26"/>
+      <c r="O39" s="26"/>
+      <c r="P39" s="26"/>
+      <c r="Q39" s="26"/>
+      <c r="R39" s="26"/>
+      <c r="S39" s="26"/>
+      <c r="T39" s="26"/>
+      <c r="U39" s="26"/>
+      <c r="V39" s="26"/>
+      <c r="W39" s="26"/>
+      <c r="X39" s="26"/>
+      <c r="Y39" s="26"/>
+      <c r="Z39" s="26"/>
+      <c r="AA39" s="26"/>
+      <c r="AB39" s="26"/>
+      <c r="AC39" s="26"/>
+      <c r="AD39" s="26"/>
+      <c r="AE39" s="26"/>
+      <c r="AF39" s="26"/>
+      <c r="AG39" s="27"/>
     </row>
     <row r="40" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A40" s="42"/>
-[...31 lines deleted...]
-      <c r="AG40" s="31"/>
+      <c r="A40" s="23"/>
+      <c r="B40" s="24"/>
+      <c r="C40" s="24"/>
+      <c r="D40" s="24"/>
+      <c r="E40" s="25"/>
+      <c r="F40" s="26"/>
+      <c r="G40" s="26"/>
+      <c r="H40" s="26"/>
+      <c r="I40" s="26"/>
+      <c r="J40" s="26"/>
+      <c r="K40" s="26"/>
+      <c r="L40" s="26"/>
+      <c r="M40" s="26"/>
+      <c r="N40" s="26"/>
+      <c r="O40" s="26"/>
+      <c r="P40" s="26"/>
+      <c r="Q40" s="26"/>
+      <c r="R40" s="26"/>
+      <c r="S40" s="26"/>
+      <c r="T40" s="26"/>
+      <c r="U40" s="26"/>
+      <c r="V40" s="26"/>
+      <c r="W40" s="26"/>
+      <c r="X40" s="26"/>
+      <c r="Y40" s="26"/>
+      <c r="Z40" s="26"/>
+      <c r="AA40" s="26"/>
+      <c r="AB40" s="26"/>
+      <c r="AC40" s="26"/>
+      <c r="AD40" s="26"/>
+      <c r="AE40" s="26"/>
+      <c r="AF40" s="26"/>
+      <c r="AG40" s="27"/>
     </row>
     <row r="41" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A41" s="42"/>
-[...2 lines deleted...]
-      <c r="D41" s="25"/>
+      <c r="A41" s="23"/>
+      <c r="B41" s="24"/>
+      <c r="C41" s="24"/>
+      <c r="D41" s="24"/>
       <c r="E41" s="32"/>
       <c r="F41" s="33"/>
       <c r="G41" s="33"/>
       <c r="H41" s="33"/>
       <c r="I41" s="33"/>
       <c r="J41" s="33"/>
       <c r="K41" s="33"/>
       <c r="L41" s="33"/>
       <c r="M41" s="33"/>
       <c r="N41" s="33"/>
       <c r="O41" s="33"/>
       <c r="P41" s="33"/>
       <c r="Q41" s="33"/>
       <c r="R41" s="33"/>
       <c r="S41" s="33"/>
       <c r="T41" s="33"/>
       <c r="U41" s="33"/>
       <c r="V41" s="33"/>
       <c r="W41" s="33"/>
       <c r="X41" s="33"/>
       <c r="Y41" s="33"/>
       <c r="Z41" s="33"/>
       <c r="AA41" s="33"/>
       <c r="AB41" s="33"/>
       <c r="AC41" s="33"/>
       <c r="AD41" s="33"/>
       <c r="AE41" s="33"/>
       <c r="AF41" s="33"/>
       <c r="AG41" s="34"/>
     </row>
     <row r="42" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A42" s="8" t="s">
+      <c r="A42" s="39" t="s">
         <v>10</v>
       </c>
-      <c r="B42" s="9"/>
-[...30 lines deleted...]
-      <c r="AG42" s="64"/>
+      <c r="B42" s="40"/>
+      <c r="C42" s="40"/>
+      <c r="D42" s="40"/>
+      <c r="E42" s="57"/>
+      <c r="F42" s="57"/>
+      <c r="G42" s="57"/>
+      <c r="H42" s="57"/>
+      <c r="I42" s="57"/>
+      <c r="J42" s="57"/>
+      <c r="K42" s="57"/>
+      <c r="L42" s="57"/>
+      <c r="M42" s="57"/>
+      <c r="N42" s="57"/>
+      <c r="O42" s="57"/>
+      <c r="P42" s="57"/>
+      <c r="Q42" s="57"/>
+      <c r="R42" s="57"/>
+      <c r="S42" s="57"/>
+      <c r="T42" s="57"/>
+      <c r="U42" s="57"/>
+      <c r="V42" s="57"/>
+      <c r="W42" s="57"/>
+      <c r="X42" s="57"/>
+      <c r="Y42" s="57"/>
+      <c r="Z42" s="57"/>
+      <c r="AA42" s="57"/>
+      <c r="AB42" s="57"/>
+      <c r="AC42" s="57"/>
+      <c r="AD42" s="57"/>
+      <c r="AE42" s="57"/>
+      <c r="AF42" s="57"/>
+      <c r="AG42" s="58"/>
     </row>
     <row r="43" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A43" s="10"/>
-[...31 lines deleted...]
-      <c r="AG43" s="66"/>
+      <c r="A43" s="45"/>
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="59"/>
+      <c r="F43" s="59"/>
+      <c r="G43" s="59"/>
+      <c r="H43" s="59"/>
+      <c r="I43" s="59"/>
+      <c r="J43" s="59"/>
+      <c r="K43" s="59"/>
+      <c r="L43" s="59"/>
+      <c r="M43" s="59"/>
+      <c r="N43" s="59"/>
+      <c r="O43" s="59"/>
+      <c r="P43" s="59"/>
+      <c r="Q43" s="59"/>
+      <c r="R43" s="59"/>
+      <c r="S43" s="59"/>
+      <c r="T43" s="59"/>
+      <c r="U43" s="59"/>
+      <c r="V43" s="59"/>
+      <c r="W43" s="59"/>
+      <c r="X43" s="59"/>
+      <c r="Y43" s="59"/>
+      <c r="Z43" s="59"/>
+      <c r="AA43" s="59"/>
+      <c r="AB43" s="59"/>
+      <c r="AC43" s="59"/>
+      <c r="AD43" s="59"/>
+      <c r="AE43" s="59"/>
+      <c r="AF43" s="59"/>
+      <c r="AG43" s="60"/>
     </row>
     <row r="44" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A44" s="57"/>
-[...31 lines deleted...]
-      <c r="AG44" s="59"/>
+      <c r="A44" s="61"/>
+      <c r="B44" s="62"/>
+      <c r="C44" s="62"/>
+      <c r="D44" s="62"/>
+      <c r="E44" s="62"/>
+      <c r="F44" s="62"/>
+      <c r="G44" s="62"/>
+      <c r="H44" s="62"/>
+      <c r="I44" s="62"/>
+      <c r="J44" s="62"/>
+      <c r="K44" s="62"/>
+      <c r="L44" s="62"/>
+      <c r="M44" s="62"/>
+      <c r="N44" s="62"/>
+      <c r="O44" s="62"/>
+      <c r="P44" s="62"/>
+      <c r="Q44" s="62"/>
+      <c r="R44" s="62"/>
+      <c r="S44" s="62"/>
+      <c r="T44" s="62"/>
+      <c r="U44" s="62"/>
+      <c r="V44" s="62"/>
+      <c r="W44" s="62"/>
+      <c r="X44" s="62"/>
+      <c r="Y44" s="62"/>
+      <c r="Z44" s="62"/>
+      <c r="AA44" s="62"/>
+      <c r="AB44" s="62"/>
+      <c r="AC44" s="62"/>
+      <c r="AD44" s="62"/>
+      <c r="AE44" s="62"/>
+      <c r="AF44" s="62"/>
+      <c r="AG44" s="63"/>
     </row>
     <row r="45" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A45" s="60"/>
-[...31 lines deleted...]
-      <c r="AG45" s="62"/>
+      <c r="A45" s="64"/>
+      <c r="B45" s="65"/>
+      <c r="C45" s="65"/>
+      <c r="D45" s="65"/>
+      <c r="E45" s="65"/>
+      <c r="F45" s="65"/>
+      <c r="G45" s="65"/>
+      <c r="H45" s="65"/>
+      <c r="I45" s="65"/>
+      <c r="J45" s="65"/>
+      <c r="K45" s="65"/>
+      <c r="L45" s="65"/>
+      <c r="M45" s="65"/>
+      <c r="N45" s="65"/>
+      <c r="O45" s="65"/>
+      <c r="P45" s="65"/>
+      <c r="Q45" s="65"/>
+      <c r="R45" s="65"/>
+      <c r="S45" s="65"/>
+      <c r="T45" s="65"/>
+      <c r="U45" s="65"/>
+      <c r="V45" s="65"/>
+      <c r="W45" s="65"/>
+      <c r="X45" s="65"/>
+      <c r="Y45" s="65"/>
+      <c r="Z45" s="65"/>
+      <c r="AA45" s="65"/>
+      <c r="AB45" s="65"/>
+      <c r="AC45" s="65"/>
+      <c r="AD45" s="65"/>
+      <c r="AE45" s="65"/>
+      <c r="AF45" s="65"/>
+      <c r="AG45" s="66"/>
     </row>
     <row r="46" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A46" s="57"/>
-[...31 lines deleted...]
-      <c r="AG46" s="59"/>
+      <c r="A46" s="61"/>
+      <c r="B46" s="62"/>
+      <c r="C46" s="62"/>
+      <c r="D46" s="62"/>
+      <c r="E46" s="62"/>
+      <c r="F46" s="62"/>
+      <c r="G46" s="62"/>
+      <c r="H46" s="62"/>
+      <c r="I46" s="62"/>
+      <c r="J46" s="62"/>
+      <c r="K46" s="62"/>
+      <c r="L46" s="62"/>
+      <c r="M46" s="62"/>
+      <c r="N46" s="62"/>
+      <c r="O46" s="62"/>
+      <c r="P46" s="62"/>
+      <c r="Q46" s="62"/>
+      <c r="R46" s="62"/>
+      <c r="S46" s="62"/>
+      <c r="T46" s="62"/>
+      <c r="U46" s="62"/>
+      <c r="V46" s="62"/>
+      <c r="W46" s="62"/>
+      <c r="X46" s="62"/>
+      <c r="Y46" s="62"/>
+      <c r="Z46" s="62"/>
+      <c r="AA46" s="62"/>
+      <c r="AB46" s="62"/>
+      <c r="AC46" s="62"/>
+      <c r="AD46" s="62"/>
+      <c r="AE46" s="62"/>
+      <c r="AF46" s="62"/>
+      <c r="AG46" s="63"/>
     </row>
     <row r="47" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A47" s="60"/>
-[...31 lines deleted...]
-      <c r="AG47" s="62"/>
+      <c r="A47" s="64"/>
+      <c r="B47" s="65"/>
+      <c r="C47" s="65"/>
+      <c r="D47" s="65"/>
+      <c r="E47" s="65"/>
+      <c r="F47" s="65"/>
+      <c r="G47" s="65"/>
+      <c r="H47" s="65"/>
+      <c r="I47" s="65"/>
+      <c r="J47" s="65"/>
+      <c r="K47" s="65"/>
+      <c r="L47" s="65"/>
+      <c r="M47" s="65"/>
+      <c r="N47" s="65"/>
+      <c r="O47" s="65"/>
+      <c r="P47" s="65"/>
+      <c r="Q47" s="65"/>
+      <c r="R47" s="65"/>
+      <c r="S47" s="65"/>
+      <c r="T47" s="65"/>
+      <c r="U47" s="65"/>
+      <c r="V47" s="65"/>
+      <c r="W47" s="65"/>
+      <c r="X47" s="65"/>
+      <c r="Y47" s="65"/>
+      <c r="Z47" s="65"/>
+      <c r="AA47" s="65"/>
+      <c r="AB47" s="65"/>
+      <c r="AC47" s="65"/>
+      <c r="AD47" s="65"/>
+      <c r="AE47" s="65"/>
+      <c r="AF47" s="65"/>
+      <c r="AG47" s="66"/>
     </row>
     <row r="48" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A48" s="51"/>
-[...31 lines deleted...]
-      <c r="AG48" s="53"/>
+      <c r="A48" s="67"/>
+      <c r="B48" s="68"/>
+      <c r="C48" s="68"/>
+      <c r="D48" s="68"/>
+      <c r="E48" s="68"/>
+      <c r="F48" s="68"/>
+      <c r="G48" s="68"/>
+      <c r="H48" s="68"/>
+      <c r="I48" s="68"/>
+      <c r="J48" s="68"/>
+      <c r="K48" s="68"/>
+      <c r="L48" s="68"/>
+      <c r="M48" s="68"/>
+      <c r="N48" s="68"/>
+      <c r="O48" s="68"/>
+      <c r="P48" s="68"/>
+      <c r="Q48" s="68"/>
+      <c r="R48" s="68"/>
+      <c r="S48" s="68"/>
+      <c r="T48" s="68"/>
+      <c r="U48" s="68"/>
+      <c r="V48" s="68"/>
+      <c r="W48" s="68"/>
+      <c r="X48" s="68"/>
+      <c r="Y48" s="68"/>
+      <c r="Z48" s="68"/>
+      <c r="AA48" s="68"/>
+      <c r="AB48" s="68"/>
+      <c r="AC48" s="68"/>
+      <c r="AD48" s="68"/>
+      <c r="AE48" s="68"/>
+      <c r="AF48" s="68"/>
+      <c r="AG48" s="69"/>
     </row>
     <row r="49" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A49" s="54"/>
-[...31 lines deleted...]
-      <c r="AG49" s="56"/>
+      <c r="A49" s="70"/>
+      <c r="B49" s="71"/>
+      <c r="C49" s="71"/>
+      <c r="D49" s="71"/>
+      <c r="E49" s="71"/>
+      <c r="F49" s="71"/>
+      <c r="G49" s="71"/>
+      <c r="H49" s="71"/>
+      <c r="I49" s="71"/>
+      <c r="J49" s="71"/>
+      <c r="K49" s="71"/>
+      <c r="L49" s="71"/>
+      <c r="M49" s="71"/>
+      <c r="N49" s="71"/>
+      <c r="O49" s="71"/>
+      <c r="P49" s="71"/>
+      <c r="Q49" s="71"/>
+      <c r="R49" s="71"/>
+      <c r="S49" s="71"/>
+      <c r="T49" s="71"/>
+      <c r="U49" s="71"/>
+      <c r="V49" s="71"/>
+      <c r="W49" s="71"/>
+      <c r="X49" s="71"/>
+      <c r="Y49" s="71"/>
+      <c r="Z49" s="71"/>
+      <c r="AA49" s="71"/>
+      <c r="AB49" s="71"/>
+      <c r="AC49" s="71"/>
+      <c r="AD49" s="71"/>
+      <c r="AE49" s="71"/>
+      <c r="AF49" s="71"/>
+      <c r="AG49" s="72"/>
     </row>
     <row r="50" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A50" s="40" t="s">
-        <v>26</v>
+      <c r="A50" s="73" t="s">
+        <v>25</v>
       </c>
-      <c r="B50" s="40"/>
-[...4 lines deleted...]
-      <c r="G50" s="40"/>
+      <c r="B50" s="73"/>
+      <c r="C50" s="73"/>
+      <c r="D50" s="73"/>
+      <c r="E50" s="73"/>
+      <c r="F50" s="73"/>
+      <c r="G50" s="73"/>
     </row>
     <row r="51" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A51" s="41"/>
-[...5 lines deleted...]
-      <c r="G51" s="41"/>
+      <c r="A51" s="74"/>
+      <c r="B51" s="74"/>
+      <c r="C51" s="74"/>
+      <c r="D51" s="74"/>
+      <c r="E51" s="74"/>
+      <c r="F51" s="74"/>
+      <c r="G51" s="74"/>
     </row>
     <row r="52" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A52" s="41"/>
-[...5 lines deleted...]
-      <c r="G52" s="41"/>
+      <c r="A52" s="74"/>
+      <c r="B52" s="74"/>
+      <c r="C52" s="74"/>
+      <c r="D52" s="74"/>
+      <c r="E52" s="74"/>
+      <c r="F52" s="74"/>
+      <c r="G52" s="74"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
-  <mergeCells count="49">
-[...9 lines deleted...]
-    <mergeCell ref="A23:D23"/>
+  <mergeCells count="47">
+    <mergeCell ref="S31:AG31"/>
+    <mergeCell ref="S32:W34"/>
+    <mergeCell ref="A50:G52"/>
+    <mergeCell ref="A38:D41"/>
+    <mergeCell ref="A24:D26"/>
+    <mergeCell ref="E24:N26"/>
+    <mergeCell ref="O24:R26"/>
+    <mergeCell ref="A35:D37"/>
+    <mergeCell ref="M35:R37"/>
+    <mergeCell ref="E38:AG41"/>
+    <mergeCell ref="E35:L37"/>
+    <mergeCell ref="O27:AC30"/>
     <mergeCell ref="A48:AG49"/>
     <mergeCell ref="A46:AG47"/>
+    <mergeCell ref="AD27:AG30"/>
+    <mergeCell ref="E27:N27"/>
+    <mergeCell ref="E28:N30"/>
+    <mergeCell ref="X32:AG34"/>
     <mergeCell ref="A44:AG45"/>
     <mergeCell ref="E42:AG43"/>
     <mergeCell ref="A42:D43"/>
     <mergeCell ref="AB24:AC26"/>
     <mergeCell ref="AD24:AE26"/>
     <mergeCell ref="AF24:AG26"/>
     <mergeCell ref="A27:D34"/>
     <mergeCell ref="S24:U26"/>
     <mergeCell ref="V24:W26"/>
     <mergeCell ref="X24:Y26"/>
     <mergeCell ref="Z24:AA26"/>
-    <mergeCell ref="E23:N23"/>
-[...16 lines deleted...]
-    <mergeCell ref="O27:AC30"/>
+    <mergeCell ref="AD35:AG37"/>
+    <mergeCell ref="S35:AC37"/>
     <mergeCell ref="E31:R31"/>
     <mergeCell ref="Q32:R34"/>
     <mergeCell ref="E32:P34"/>
-    <mergeCell ref="S31:AG31"/>
-[...3 lines deleted...]
-    <mergeCell ref="E28:N30"/>
+    <mergeCell ref="E23:N23"/>
+    <mergeCell ref="O23:R23"/>
+    <mergeCell ref="A21:AG22"/>
+    <mergeCell ref="V8:AG9"/>
+    <mergeCell ref="A12:N13"/>
+    <mergeCell ref="S23:AG23"/>
+    <mergeCell ref="A23:D23"/>
+    <mergeCell ref="A5:AG6"/>
+    <mergeCell ref="P15:S16"/>
+    <mergeCell ref="T15:AG16"/>
+    <mergeCell ref="P17:S18"/>
+    <mergeCell ref="T17:AC18"/>
+    <mergeCell ref="AE17:AF18"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
-  <dataValidations count="10">
+  <dataValidations count="9">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="O24:R26" xr:uid="{9917EF14-78D4-4C50-8DA3-02415064EEFB}">
       <formula1>"男,女"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="S24:U26" xr:uid="{32581CF2-FF2B-4C0B-B47A-2811E38DA246}">
       <formula1>"昭和,平成"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Z24:AA26" xr:uid="{0E545E3E-B100-4DA6-A339-B526D38A4BEA}">
       <formula1>"1,2,3,4,5,6,7,8,9,10,11,12"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AD24:AE26" xr:uid="{691FE29B-581C-4196-86CD-FD7B4B6782B9}">
       <formula1>"1,2,3,4,5,6,7,8,9,10,11,12,13,14,15,16,17,18,19,20,21,22,23,24,25,26,27,28,29,30,31"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E28" xr:uid="{79B7AD89-67FA-40CF-B377-13D53C5B2B81}">
       <formula1>"北海道,青森県,岩手県,宮城県,秋田県,山形県,福島県,茨城県,栃木県,群馬県,埼玉県,千葉県,東京都,神奈川県,新潟県,富山県,石川県,福井県,山梨県,長野県,岐阜県,静岡県,愛知県,三重県,滋賀県,京都府,大阪府,兵庫県,奈良県,和歌山県,鳥取県,島根県,岡山県,広島県,山口県,徳島県,香川県,愛媛県,高知県,福岡県,佐賀県,長崎県,熊本県,大分県,宮崎県,鹿児島県,沖縄県"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="X32:Y34" xr:uid="{3B383310-EDFF-43B4-87DE-3FDA3E3B87A7}">
-[...6 lines deleted...]
-      <formula1>"法律,経営,ｴｺﾉﾃﾞｰﾀｻｲｴﾝｽ"</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="S35" xr:uid="{74F89E2B-692A-459F-ADD8-AA316BAB3E4F}">
+      <formula1>"法律,経営,エコノデータサイエンス"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E35:L37" xr:uid="{65C58680-25B5-46E9-A00C-E1907B35D187}">
       <formula1>"法,経営"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E38:AG41" xr:uid="{BB5C7AE9-F1B1-43AB-BFFB-B666AF8AA098}">
       <formula1>"指定校,公募推薦,指定校特待（A特待）,指定校特待（B特待）,指定校特待（C特待）,指定校特待（D特待）"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="X32:AG34" xr:uid="{53FA4206-7030-4C3A-BAE1-2DBF67D420F8}">
+      <formula1>"7年卒業,8年卒業見込み"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.59055118110236227" bottom="0.59055118110236227" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>推薦書</vt:lpstr>